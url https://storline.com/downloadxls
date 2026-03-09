--- v0 (2026-02-11)
+++ v1 (2026-03-09)
@@ -12,1616 +12,1616 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3723">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3720">
   <si>
     <t>EAN13</t>
   </si>
   <si>
     <t>Referencia</t>
   </si>
   <si>
     <t>Cantidad</t>
   </si>
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t xml:space="preserve">8412497002986 </t>
   </si>
   <si>
     <t>00298</t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX GROOT</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA GROOT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497003419 </t>
   </si>
   <si>
     <t>00341</t>
   </si>
   <si>
-    <t>INSULATED STAINLESS STEEL BOTTLE 515 ML HARRY POTTER</t>
+    <t>BOTELLA TERMO ACERO INOXIDABLE 515 ML HARRY POTTER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497003761 </t>
   </si>
   <si>
     <t>00376</t>
   </si>
   <si>
     <t>CERAMIC BREAKFAST MUG 14 OZ IN GIFT BOX SUPER MARIO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497003785 </t>
   </si>
   <si>
     <t>00378</t>
   </si>
   <si>
     <t>CERAMIC GLOBE MUG 13 OZ IN GIFT BOX SUPER MARIO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497003815 </t>
   </si>
   <si>
     <t>00381</t>
   </si>
   <si>
-    <t>BOTELLA TERMO ACERO INOXIDABLE 515 ML SUPER MARIO</t>
+    <t>INSULATED STAINLESS STEEL BOTTLE 515 ML SUPER MARIO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497003907 </t>
   </si>
   <si>
     <t>00390</t>
   </si>
   <si>
-    <t>BOTELLA HIDRO 850 ML SUPER MARIO</t>
+    <t>HYDRO BOTTLE 850 ML SUPER MARIO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497003914 </t>
   </si>
   <si>
     <t>00391</t>
   </si>
   <si>
-    <t>BOTELLA TERMO ACERO INOXIDABLE 515 ML DRAGON BALL</t>
+    <t>INSULATED STAINLESS STEEL BOTTLE 515 ML DRAGON BALL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497003969 </t>
   </si>
   <si>
     <t>00396</t>
   </si>
   <si>
-    <t>HYDRO BOTTLE 850 ML DRAGON BALL</t>
+    <t>BOTELLA HIDRO 850 ML DRAGON BALL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497004010 </t>
   </si>
   <si>
     <t>00401</t>
   </si>
   <si>
-    <t>CERAMIC MUG 11 OZ IN GIFT BOX  DRAGON BALL</t>
+    <t>TAZA CERAMICA 325 ML EN CAJA REGALO DRAGON BALL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497004058 </t>
   </si>
   <si>
     <t>00405</t>
   </si>
   <si>
-    <t>CERAMIC GLOBE MUG 13 OZ IN GIFT BOX DRAGON BALL</t>
+    <t>TAZA CERAMICA GLOBE 380 ML EN CAJA REGALO DRAGON BALL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497004072 </t>
   </si>
   <si>
     <t>00407</t>
   </si>
   <si>
     <t>CERAMIC BREAKFAST MUG 14 OZ IN GIFT BOX DRAGON BALL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497004157 </t>
   </si>
   <si>
     <t>00415</t>
   </si>
   <si>
     <t>CERAMIC SB MUG 11 OZ IN BOX ZELDA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497004287 </t>
   </si>
   <si>
     <t>00428</t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA MINECRAFT TNT BOOM</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX MINECRAFT TNT BOOM</t>
   </si>
   <si>
     <t xml:space="preserve">8412497004324 </t>
   </si>
   <si>
     <t>00432</t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA MINECRAFT ADAPTATION</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX MINECRAFT ADAPTATION</t>
   </si>
   <si>
     <t xml:space="preserve">8412497004362 </t>
   </si>
   <si>
     <t>00436</t>
   </si>
   <si>
-    <t>BOTELLA HIDRO 850 ML MINECRAFT</t>
+    <t>HYDRO BOTTLE 850 ML MINECRAFT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497004416 </t>
   </si>
   <si>
     <t>00441</t>
   </si>
   <si>
-    <t>INSULATED STAINLESS STEEL BOTTLE 515 ML MINECRAFT</t>
+    <t>BOTELLA TERMO ACERO INOXIDABLE 515 ML MINECRAFT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497004478 </t>
   </si>
   <si>
     <t>00447</t>
   </si>
   <si>
-    <t>CERAMIC MUG 11 OZ IN GIFT BOX MINECRAFT</t>
+    <t>TAZA CERAMICA 325 ML EN CAJA REGALO MINECRAFT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497004485 </t>
   </si>
   <si>
     <t>00448</t>
   </si>
   <si>
-    <t>CERAMIC BREAKFAST MUG 14 OZ IN GIFT BOX MINECRAFT</t>
+    <t>TAZA CERAMICA DESAYUNO 400 ML EN CAJA REGALO MINECRAFT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497004553 </t>
   </si>
   <si>
     <t>00455</t>
   </si>
   <si>
     <t>INSULATED STAINLESS STEEL BOTTLE 515 ML POKEMON DISTORSION</t>
   </si>
   <si>
     <t xml:space="preserve">8412497004621 </t>
   </si>
   <si>
     <t>00462</t>
   </si>
   <si>
     <t>HYDRO BOTTLE 850 ML POKEMON DISTORSION</t>
   </si>
   <si>
     <t xml:space="preserve">8412497004683 </t>
   </si>
   <si>
     <t>00468</t>
   </si>
   <si>
-    <t>TAZA CERAMICA DESAYUNO 400 ML EN CAJA REGALO POKEMON DISTORTION</t>
+    <t>CERAMIC BREAKFAST MUG 14 OZ IN GIFT BOX POKEMON DISTORSION</t>
   </si>
   <si>
     <t xml:space="preserve">8412497004720 </t>
   </si>
   <si>
     <t>00472</t>
   </si>
   <si>
-    <t>TAZA CERAMICA 325 ML EN CAJA REGALO POKEMON PIKACHU</t>
+    <t>CERAMIC MUG 11 OZ IN GIFT BOX  POKEMON PIKACHU</t>
   </si>
   <si>
     <t xml:space="preserve">8412497004744 </t>
   </si>
   <si>
     <t>00474</t>
   </si>
   <si>
-    <t>TAZA CERAMICA DESAYUNO 400 ML EN CAJA REGALO POKEMON PIKACHU</t>
+    <t>CERAMIC BREAKFAST MUG 14 OZ IN GIFT BOX POKEMON PIKACHU</t>
   </si>
   <si>
     <t xml:space="preserve">8412497004751 </t>
   </si>
   <si>
     <t>00475</t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX POKEMON FACE PARTNERS</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA POKEMON FACE PARTNERS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497004782 </t>
   </si>
   <si>
     <t>00478</t>
   </si>
   <si>
-    <t>CERAMIC GLOBE MUG 13 OZ IN GIFT BOX POKEMON PIKACHU</t>
+    <t>TAZA CERAMICA GLOBE 380 ML EN CAJA REGALO POKEMON PIKACHU</t>
   </si>
   <si>
     <t xml:space="preserve">8412497004867 </t>
   </si>
   <si>
     <t>00486</t>
   </si>
   <si>
-    <t>HYDRO BOTTLE 850 ML SONIC</t>
+    <t>BOTELLA HIDRO 850 ML SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497004911 </t>
   </si>
   <si>
     <t>00491</t>
   </si>
   <si>
     <t>INSULATED STAINLESS STEEL BOTTLE 515 ML SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497004973 </t>
   </si>
   <si>
     <t>00497</t>
   </si>
   <si>
     <t>CERAMIC MUG 11 OZ IN GIFT BOX SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497004980 </t>
   </si>
   <si>
     <t>00498</t>
   </si>
   <si>
-    <t>TAZA CERAMICA DESAYUNO 400 ML EN CAJA REGALO SONIC</t>
+    <t>CERAMIC BREAKFAST MUG 14 OZ IN GIFT BOX SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497004997 </t>
   </si>
   <si>
     <t>00499</t>
   </si>
   <si>
-    <t>TAZA CERAMICA GLOBE 380 ML EN CAJA REGALO SONIC</t>
+    <t>CERAMIC GLOBE MUG 13 OZ IN GIFT BOX SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497005154 </t>
   </si>
   <si>
     <t>00515</t>
   </si>
   <si>
-    <t>TAZA CERAMICA 325 ML EN CAJA REGALO ONE PIECE YA</t>
+    <t>CERAMIC MUG 11 OZ IN GIFT BOX ONE PIECE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497005208 </t>
   </si>
   <si>
     <t>00520</t>
   </si>
   <si>
-    <t>CERAMIC BREAKFAST MUG 14 OZ IN GIFT BOX ONE PIECE</t>
+    <t>TAZA CERAMICA DESAYUNO 400 ML EN CAJA REGALO ONE PIECE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497005215 </t>
   </si>
   <si>
     <t>00521</t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX ONE PIECE</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA ONE PIECE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497005222 </t>
   </si>
   <si>
     <t>00522</t>
   </si>
   <si>
-    <t>HYDRO BOTTLE 850 ML ONE PIECE</t>
+    <t>BOTELLA HIDRO 850 ML ONE PIECE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497005239 </t>
   </si>
   <si>
     <t>00523</t>
   </si>
   <si>
     <t>INSULATED STAINLESS STEEL BOTTLE 515 ML ONE PIECE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497005291 </t>
   </si>
   <si>
     <t>00529</t>
   </si>
   <si>
     <t>CERAMIC BREAKFAST MUG 14 OZ IN GIFT BOX ONE PIECE MARINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497005376 </t>
   </si>
   <si>
     <t>00537</t>
   </si>
   <si>
-    <t>TAZA CERAMICA DESAYUNO 400 ML EN CAJA REGALO ONE PIECE SKULLS ANIME</t>
+    <t>CERAMIC BREAKFAST MUG 14 OZ IN GIFT BOX ONE PIECE SKULLS ANIME</t>
   </si>
   <si>
     <t xml:space="preserve">8412497005505 </t>
   </si>
   <si>
     <t>00550</t>
   </si>
   <si>
-    <t>BOTELLA ACERO INOXIDABLE 780 ML ONE PIECE</t>
+    <t>STAINLESS STEEL BOTTLE 780 ML ONE PIECE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497005550 </t>
   </si>
   <si>
     <t>00555</t>
   </si>
   <si>
-    <t>TAZA CERAMICA 325 ML EN CAJA REGALO ONE PIECE CREW BATTLE YA</t>
+    <t>CERAMIC MUG 11 OZ IN GIFT BOX ONE PIECE CREW BATTLE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497005666 </t>
   </si>
   <si>
     <t>00566</t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX HARLEY QUINN</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA HARLEY QUINN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497005673 </t>
   </si>
   <si>
     <t>00567</t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX WONDER WOMAN</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA WONDER WOMAN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497005703 </t>
   </si>
   <si>
     <t>00570</t>
   </si>
   <si>
-    <t>HYDRO BOTTLE 850 ML ONE PIECE ANIME</t>
+    <t>BOTELLA HIDRO 850 ML ONE PIECE ANIME</t>
   </si>
   <si>
     <t xml:space="preserve">8412497005765 </t>
   </si>
   <si>
     <t>00576</t>
   </si>
   <si>
     <t>CERAMIC SB MUG 11 OZ IN BOX JOKER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497005796 </t>
   </si>
   <si>
     <t>00579</t>
   </si>
   <si>
     <t>INSULATED STAINLESS STEEL BOTTLE 515 ML ONE PIECE ANIME</t>
   </si>
   <si>
     <t xml:space="preserve">8412497006311 </t>
   </si>
   <si>
     <t>00631</t>
   </si>
   <si>
-    <t>SET DE 6 CUENCOS PICNIC</t>
+    <t>6 PCS COLOR PICNIC BOWLS SET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497006328 </t>
   </si>
   <si>
     <t>00632</t>
   </si>
   <si>
-    <t>SET DE 6 PLATOS PICNIC</t>
+    <t>6 PCS COLOR PICNIC PLATES SET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497006335 </t>
   </si>
   <si>
     <t>00633</t>
   </si>
   <si>
-    <t>SET DE 6 VASOS PICNIC</t>
+    <t>6 PCS COLOR PICNIC TUMBLERS SET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497006359 </t>
   </si>
   <si>
     <t>00635</t>
   </si>
   <si>
-    <t>18 PCS FLAT HANDLE COLOR PICNIC CUTLERY SET</t>
+    <t>SET 18 UNI. CUBIERTOS PICNIC MANGO PLANO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497006748 </t>
   </si>
   <si>
     <t>00674</t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX STRANGER THINGS UPSIDE DOWN</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA STRANGER THINGS UPSIDE DOWN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497006823 </t>
   </si>
   <si>
     <t>00682</t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX FRIENDS</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA FRIENDS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497006861 </t>
   </si>
   <si>
     <t>00686</t>
   </si>
   <si>
     <t>CERAMIC SB MUG 11 OZ IN BOX STRANGER THINGS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497006908 </t>
   </si>
   <si>
     <t>00690</t>
   </si>
   <si>
     <t>HYDRO BOTTLE 850 ML STRANGER THINGS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497006915 </t>
   </si>
   <si>
     <t>00691</t>
   </si>
   <si>
-    <t>BOTELLA TERMO ACERO INOXIDABLE 515 ML STRANGER THINGS YOUNG ADULT</t>
+    <t>INSULATED STAINLESS STEEL BOTTLE 515 ML STRANGER THINGS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497006922 </t>
   </si>
   <si>
     <t>00692</t>
   </si>
   <si>
-    <t>VASO TERMO CAFE ACERO INOXIDABLE 425 ML STRANGER THINGS YOUNG ADULT</t>
+    <t>INSULATED STAINLESS STEEL COFFEE TUMBLER 425 ML STRANGER THINGS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497007691 </t>
   </si>
   <si>
     <t>00769</t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA THE WITCHER</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX THE WITCHER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497008773 </t>
   </si>
   <si>
     <t>00877</t>
   </si>
   <si>
-    <t>CERAMIC BREAKFAST MUG 14 OZ IN GIFT BOX THE CHILD MANDALORIAN</t>
+    <t>TAZA CERAMICA DESAYUNO 400 ML EN CAJA REGALO THE CHILD MANDALORIAN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497008797 </t>
   </si>
   <si>
     <t>00879</t>
   </si>
   <si>
-    <t>CERAMIC GLOBE MUG 13 OZ IN GIFT BOX THE CHILD MANDALORIAN</t>
+    <t>TAZA CERAMICA GLOBE 380 ML EN CAJA REGALO THE CHILD MANDALORIAN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497008902 </t>
   </si>
   <si>
     <t>00890</t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX THE CHILD MANDALORIAN SPEED</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA THE CHILD MANDALORIAN SPEED</t>
   </si>
   <si>
     <t xml:space="preserve">8412497009749 </t>
   </si>
   <si>
     <t>00974</t>
   </si>
   <si>
     <t>CERAMIC SB MUG 11 OZ IN BOX PEANUTS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497010943 </t>
   </si>
   <si>
     <t>01094</t>
   </si>
   <si>
     <t>STAINLESS STEEL BOTTLE 780 ML HARRY POTTER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497013401 </t>
   </si>
   <si>
     <t>01340</t>
   </si>
   <si>
-    <t>CUENCO RAMEN CON PALILLOS EN CAJA REGALO ONE PIECE CLASSIC</t>
+    <t>CERAMIC RAMEN BOWL WITH CHOPSTICKS IN GIFT BOX ONE PIECE CLASSIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497013616 </t>
   </si>
   <si>
     <t>01361</t>
   </si>
   <si>
-    <t>BOTELLA ACERO INOXIDABLE 780 ML STITCH</t>
+    <t>STAINLESS STEEL BOTTLE 780 ML STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497013623 </t>
   </si>
   <si>
     <t>01362</t>
   </si>
   <si>
-    <t>BOTELLA HIDRO 850 ML STITCH</t>
+    <t>HYDRO BOTTLE 850 ML STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497013647 </t>
   </si>
   <si>
     <t>01364</t>
   </si>
   <si>
-    <t>INSULATED STAINLESS STEEL BOTTLE 515 ML STITCH PALMS</t>
+    <t>BOTELLA TERMO ACERO INOXIDABLE 515 ML STITCH PALMS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497013661 </t>
   </si>
   <si>
     <t>01366</t>
   </si>
   <si>
-    <t>CERAMIC BREAKFAST MUG 14 OZ IN GIFT BOX STITCH PALMS</t>
+    <t>TAZA CERAMICA DESAYUNO 400 ML STITCH PALMS EN CAJA REGALO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497014323 </t>
   </si>
   <si>
     <t>01432</t>
   </si>
   <si>
-    <t>HYDRO BOTTLE 850 ML STAR WARS</t>
+    <t>BOTELLA HIDRO 850 ML STAR WARS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497015504 </t>
   </si>
   <si>
     <t>01550</t>
   </si>
   <si>
     <t>STAINLESS STEEL BOTTLE 780 ML STAR WARS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497015603 </t>
   </si>
   <si>
     <t>01560</t>
   </si>
   <si>
     <t>CERAMIC BREAKFAST MUG 14 OZ IN GIFT BOX STAR WARS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497015894 </t>
   </si>
   <si>
     <t>01589</t>
   </si>
   <si>
-    <t>BOTELLA AQUA 980 ML STAR WARS</t>
+    <t>AQUA BOTTLE 980 ML STAR WARS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497019229 </t>
   </si>
   <si>
     <t>01922</t>
   </si>
   <si>
-    <t>SANDWICHERA MULTIPLE PJ MASKS</t>
+    <t>MULTI COMPARTMENT SANDWICH BOX PJ MASKS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497020249 </t>
   </si>
   <si>
     <t>02024</t>
   </si>
   <si>
-    <t>CAJA CLICK 7 L POKEMON ROCK</t>
+    <t>STORAGE CLICK BOX 7 L POKEMON ROCK</t>
   </si>
   <si>
     <t xml:space="preserve">8412497020256 </t>
   </si>
   <si>
     <t>02025</t>
   </si>
   <si>
-    <t>STORAGE CLICK BOX 13 L POKEMON ROCK</t>
+    <t>CAJA CLICK 13 L POKEMON ROCK</t>
   </si>
   <si>
     <t xml:space="preserve">8412497020263 </t>
   </si>
   <si>
     <t>02026</t>
   </si>
   <si>
-    <t>STORAGE CLICK BOX 23 L POKEMON ROCK</t>
+    <t>CAJA CLICK 23 L POKEMON ROCK</t>
   </si>
   <si>
     <t xml:space="preserve">8412497020287 </t>
   </si>
   <si>
     <t>02028</t>
   </si>
   <si>
-    <t>DUSTBIN POKEMON ROCK</t>
+    <t>PAPELERA POKEMON ROCK</t>
   </si>
   <si>
     <t xml:space="preserve">8412497022083 </t>
   </si>
   <si>
     <t>02208</t>
   </si>
   <si>
     <t>DUSTBIN MICKEY FRESH AIR FUN AND HAPPY DAYS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497022663 </t>
   </si>
   <si>
     <t>02266</t>
   </si>
   <si>
     <t>DUSTBIN FROZEN II BLUE FOREST</t>
   </si>
   <si>
     <t xml:space="preserve">8412497022694 </t>
   </si>
   <si>
     <t>02269</t>
   </si>
   <si>
-    <t>PAPELERA STITCH PALMS</t>
+    <t>DUSTBIN STITCH PALMS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497022885 </t>
   </si>
   <si>
     <t>02288</t>
   </si>
   <si>
-    <t>PAPELERA MINNIE MAD ABOUT SHOPPING</t>
+    <t>DUSTBIN MINNIE MAD ABOUT SHOPPING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497024346 </t>
   </si>
   <si>
     <t>02434</t>
   </si>
   <si>
-    <t>CAJA CLICK 7 L STITCH AND ANGEL</t>
+    <t>STORAGE CLICK BOX 7 L STITCH AND ANGEL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497024353 </t>
   </si>
   <si>
     <t>02435</t>
   </si>
   <si>
-    <t>STORAGE CLICK BOX 13 L STITCH AND ANGEL</t>
+    <t>CAJA CLICK 13 L STITCH AND ANGEL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497024360 </t>
   </si>
   <si>
     <t>02436</t>
   </si>
   <si>
-    <t>STORAGE CLICK BOX 23 L STITCH AND ANGEL</t>
+    <t>CAJA CLICK 23 L STITCH AND ANGEL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497024544 </t>
   </si>
   <si>
     <t>02454</t>
   </si>
   <si>
-    <t>STORAGE CLICK BOX 7 L GABBY\'S´S DOLLHOUSE</t>
+    <t>CAJA CLICK 7 L GABBY\'S DOLLHOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497024551 </t>
   </si>
   <si>
     <t>02455</t>
   </si>
   <si>
     <t>STORAGE CLICK BOX 13 L GABBY\'S´S DOLLHOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497024568 </t>
   </si>
   <si>
     <t>02456</t>
   </si>
   <si>
     <t>STORAGE CLICK BOX 23 L GABBY\'S´S DOLLHOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497028313 </t>
   </si>
   <si>
     <t>02831</t>
   </si>
   <si>
-    <t>TAZA CERAMICA 325 ML EN CAJA DE REGALO AVENGERS DUST</t>
+    <t>CERAMIC MUG 11 OZ IN GIFT BOX AVENGERS DUST</t>
   </si>
   <si>
     <t xml:space="preserve">8412497028443 </t>
   </si>
   <si>
     <t>02844</t>
   </si>
   <si>
-    <t>CAJA CLICK 7 L PAW PATROL BOY RESCUE PUPS</t>
+    <t>STORAGE CLICK BOX 7 L PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497028450 </t>
   </si>
   <si>
     <t>02845</t>
   </si>
   <si>
-    <t>CAJA CLICK 13 L PAW PATROL BOY RESCUE PUPS</t>
+    <t>STORAGE CLICK BOX 13 L PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497028467 </t>
   </si>
   <si>
     <t>02846</t>
   </si>
   <si>
-    <t>STORAGE CLICK BOX 23 L PAW PATROL BOY RESCUE PUPS</t>
+    <t>CAJA CLICK 23 L PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497033140 </t>
   </si>
   <si>
     <t>03314</t>
   </si>
   <si>
-    <t>STORAGE CLICK BOX 7 L MINNIE EDGY BOWS</t>
+    <t>CAJA CLICK 7 L MINNIE EDGY BOWS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497033157 </t>
   </si>
   <si>
     <t>03315</t>
   </si>
   <si>
-    <t>STORAGE CLICK BOX 13 L MINNIE EDGY BOWS</t>
+    <t>CAJA CLICK 13 L MINNIE EDGY BOWS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497033164 </t>
   </si>
   <si>
     <t>03316</t>
   </si>
   <si>
     <t>STORAGE CLICK BOX 23 L MINNIE EDGY BOWS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497033447 </t>
   </si>
   <si>
     <t>03344</t>
   </si>
   <si>
     <t>STORAGE CLICK BOX 7 L ITS A MICKEY THING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497033454 </t>
   </si>
   <si>
     <t>03345</t>
   </si>
   <si>
-    <t>CAJA CLICK 13 L ITS A MICKEY THING</t>
+    <t>STORAGE CLICK BOX 13 L ITS A MICKEY THING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497033461 </t>
   </si>
   <si>
     <t>03346</t>
   </si>
   <si>
-    <t>CAJA CLICK 23 L ITS A MICKEY THING</t>
+    <t>STORAGE CLICK BOX 23 L ITS A MICKEY THING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497033546 </t>
   </si>
   <si>
     <t>03354</t>
   </si>
   <si>
-    <t>CAJA CLICK 7 L FROZEN ELEMENTS</t>
+    <t>STORAGE CLICK BOX 7 L FROZEN ELEMENTS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497033553 </t>
   </si>
   <si>
     <t>03355</t>
   </si>
   <si>
-    <t>STORAGE CLICK BOX 13 L FROZEN ELEMENTS</t>
+    <t>CAJA CLICK 13 L FROZEN ELEMENTS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497080007 </t>
   </si>
   <si>
     <t>08000</t>
   </si>
   <si>
-    <t>DAILY PP BOTTLE 560 ML POKEMON DISTORSION</t>
+    <t>BOTELLA PP INFANTIL 560 ML POKEMON DISTORSION</t>
   </si>
   <si>
     <t xml:space="preserve">8412497033560 </t>
   </si>
   <si>
     <t>03356</t>
   </si>
   <si>
-    <t>STORAGE CLICK BOX 23 L FROZEN ELEMENTS</t>
+    <t>CAJA CLICK 23 L FROZEN ELEMENTS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497080472 </t>
   </si>
   <si>
     <t>08047</t>
   </si>
   <si>
     <t>MICRO PLATE POKEMON DISTORSION</t>
   </si>
   <si>
     <t xml:space="preserve">8412497033645 </t>
   </si>
   <si>
     <t>03364</t>
   </si>
   <si>
     <t>STORAGE CLICK BOX 7 L HELLO KITTY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497033652 </t>
   </si>
   <si>
     <t>03365</t>
   </si>
   <si>
-    <t>CAJA CLICK 13 L HELLO KITTY</t>
+    <t>STORAGE CLICK BOX 13 L HELLO KITTY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497102556 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA HARRY POTTER CHIBI DNLS</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX HARRY POTTER CHIBI DNLS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497033669 </t>
   </si>
   <si>
     <t>03366</t>
   </si>
   <si>
-    <t>CAJA CLICK 23 L HELLO KITTY</t>
+    <t>STORAGE CLICK BOX 23 L HELLO KITTY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497104789 </t>
   </si>
   <si>
-    <t>TODDLER 2 PCS MICRO SET (MICRO BOWL &amp; MICRO PP SPOON TODDLER) MICKEY MOUSE FULL OF SMILES</t>
+    <t>SET MICRO TODDLER 2 PCS (CUENCO Y CUCHARA) MICKEY MOUSE FULL OF SMILES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497104857 </t>
   </si>
   <si>
-    <t>TODDLER TRAINING MUG 250 ML MICKEY MOUSE FULL OF SMILES</t>
+    <t>TAZA ENTRENAMIENTO 250 ML MICKEY MOUSE FULL OF SMILES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497104956 </t>
   </si>
   <si>
-    <t>TODDLER 3 PCS BICOLOR PREMIUM NON SLIP SET IN GIFT BOX MICKEY MOUSE FULL OF SMILES</t>
+    <t>SET 3 PCS VAJILLA PREMIUM BICOLOR ANTIDESLIZANTE MICKEY MOUSE FULL OF SMILES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497104963 </t>
   </si>
   <si>
     <t>TODDLER 4 PCS CHARACTER SHAPED PP SET IN GIFT BOX MICKEY MOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497105045 </t>
   </si>
   <si>
     <t>MICRO MUG 350 ML  BING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497107018 </t>
   </si>
   <si>
-    <t>BIBERON CUELLO ANCHO 150 ML TETINA SILICONA 3 POSICIONES MINNIE MOUSE HEART FULL</t>
+    <t>BABY 5 OZ WIDENECK BOTTLE SILICONE TEAT 3 POSITIONS MINNIE MOUSE HEART FULL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497107025 </t>
   </si>
   <si>
-    <t>BIBERON CUELLO ANCHO 240 ML TETINA SILICONA 3 POSICIONES MINNIE MOUSE HEART FULL</t>
+    <t>BABY 8 OZ WIDENECK BOTTLE SILICONE TEAT 3 POSITIONSS MINNIE MOUSE HEART FULL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497107032 </t>
   </si>
   <si>
-    <t>BIBERON CUELLO ANCHO 360 ML TETINA SILICONA 3 POSICIONES MINNIE MOUSE HEART FULL</t>
+    <t>BABY 12 OZ WIDENECK BOTTLE SILICONE TEAT 3 POSITIONS MINNIE MOUSE HEART FULL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497107049 </t>
   </si>
   <si>
-    <t>BABY 12 OZ WIDENECK BOTTLE SILICONE TEAT 3 POSITIONS WITH HANDLES MINNIE MOUSE HEART FULL</t>
+    <t>BIBERON CUELLO ANCHO 360 ML TETINA SILICONA 3 POSICIONES CON ASAS MINNIE MOUSE HEART FULL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497107070 </t>
   </si>
   <si>
-    <t>BABY 3 PCS SET IN GIFT BOX (TRAINING MUG, BOWL, SPOON) MINNIE MOUSE HEART FULL</t>
+    <t>SET 3PCS (VASO ENTRENAMIENTO 250 ML, PLATO Y CUCHARA) MINNIE MOUSE HEART FULL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497107117 </t>
   </si>
   <si>
-    <t>BABY SHAPED WATER FILLED TEETHER IN BLISTER MINNIE MOUSE HEART FULL</t>
+    <t>MORDEDOR RELLENO DE AGUA MINNIE MOUSE HEART FULL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497107230 </t>
   </si>
   <si>
     <t>BABY PACIFIER HOLDER MOUSE HEART FULL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497107261 </t>
   </si>
   <si>
     <t>TODDLER SILICONE FANCY TRAINING MUG 270 ML MINNIE MOUSE HEART FULL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497107292 </t>
   </si>
   <si>
-    <t>BABERO DE SILICONA MINNIE MOUSE HEART FULL</t>
+    <t>TODDLER SILICONE BIB MINNIE MOUSE HEART FULL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497107513 </t>
   </si>
   <si>
-    <t>ALIMENTADOR ANTIAHOGO MINNIE MOUSE HEART FULL</t>
+    <t>BABY FRUIT FEEDER MINNIE MOUSE HEART FULL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497107780 </t>
   </si>
   <si>
-    <t>SET MICRO TODDLER 2 PCS (CUENCO Y CUCHARA) MINNIE MOUSE HEART FULL</t>
+    <t>TODDLER 2 PCS MICRO SET (MICRO BOWL &amp; MICRO PP SPOON TODDLER) MINNIE MOUSE HEART FULL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497107858 </t>
   </si>
   <si>
-    <t>TODDLER TRAINING MUG 250 ML MINNIE MOUSE HEART FULL</t>
+    <t>TAZA ENTRENAMIENTO 250 ML MINNIE MOUSE HEART FULL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497107957 </t>
   </si>
   <si>
-    <t>TODDLER 3 PCS BICOLOR PREMIUM NON SLIP SET IN GIFT BOX MINNIE MOUSE HEART FULL</t>
+    <t>SET 3 PCS VAJILLA PREMIUM BICOLOR ANTIDESLIZANTE MINNIE MOUSE HEART FULL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497107964 </t>
   </si>
   <si>
-    <t>TODDLER 4 PCS CHARACTER SHAPED PP SET IN GIFT BOX MINNIE MOUSE</t>
+    <t>SET TODDLER 4 PCS VAJILLA PP (PLATO, CUENCO Y CUBIERTOS) EN CAJA MINNIE MOUSE HEART FULL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497109029 </t>
   </si>
   <si>
     <t>BABY 8 OZ WIDENECK BOTTLE SILICONE TEAT 3 POSITIONS STITCH CUDDLE ME</t>
   </si>
   <si>
     <t xml:space="preserve">8412497109036 </t>
   </si>
   <si>
     <t>BABY 12 OZ WIDENECK BOTTLE SILICONE TEAT 3 POSITIONS STITCH CUDDLE ME</t>
   </si>
   <si>
     <t xml:space="preserve">8412497109241 </t>
   </si>
   <si>
     <t>TODDLER 360 TRAINING TUMBLER 395 ML STITCH CUDDLE ME</t>
   </si>
   <si>
     <t xml:space="preserve">8412497109661 </t>
   </si>
   <si>
     <t>TODDLER 2 PCS PP SPOONS TRAVEL SET STITCH CUDDLE ME</t>
   </si>
   <si>
     <t xml:space="preserve">8412497109753 </t>
   </si>
   <si>
-    <t>MINI WC CON ASAS STITCH CUDDLE ME</t>
+    <t>OFFSET MINI WC WITH HANDLES STITCH CUDDLE ME</t>
   </si>
   <si>
     <t xml:space="preserve">8412497109951 </t>
   </si>
   <si>
-    <t>SET 3 PCS VAJILLA PREMIUM BICOLOR ANTIDESLIZANTE STITCH CUDDLE ME</t>
+    <t>TODDLER 3 PCS BICOLOR PREMIUM NON SLIP SET STITCH CUDDLE ME</t>
   </si>
   <si>
     <t xml:space="preserve">8412497110018 </t>
   </si>
   <si>
-    <t>SALVAPLATOS ADAPTABLE (40X30 CM) BLANCO</t>
+    <t>WHITE ADAPTABLE DISH MAT (40 CM X 30CM)</t>
   </si>
   <si>
     <t xml:space="preserve">8412497117321 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA LADYBUG PINKCELL</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX LADYBUG PINKCELL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497119264 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX VENOM</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA VENOM</t>
   </si>
   <si>
     <t xml:space="preserve">8412497119653 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX DEADPOOL</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA DEADPOOL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497122059 </t>
   </si>
   <si>
-    <t>TODDLER SQUARE SILICONE BOWL SUCTION SYSTEM MICKEY MOUSE</t>
+    <t>CUENCO CUADRADO DE SILICONA CON VENTOSA MICKEY MOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497122158 </t>
   </si>
   <si>
     <t>TODDLER SQUARE SILICONE BOWL SUCTION SYSTEM MINNIE MOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497122257 </t>
   </si>
   <si>
     <t>TODDLER DIVIDED SILICONE PLATE MICKEY MOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497133154 </t>
   </si>
   <si>
-    <t>SET DE 2 CUBIERTOS PP FORMA (CUCHARA Y TENEDOR) MICKEY MOUSE</t>
+    <t>TODDLER 2 PCS CHARACTER SHAPED PP CUTLERY SET (SPOON AND FORK) MICKEY MOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497133253 </t>
   </si>
   <si>
-    <t>SET DE 2 CUBIERTOS PP FORMA (CUCHARA Y TENEDOR) MINNIE MOUSE</t>
+    <t>TODDLER 2 PCS CHARACTER SHAPED PP CUTLERY SET (SPOON AND FORK) MINNIE MOUSE HEART FULL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497134854 </t>
   </si>
   <si>
-    <t>TAZA ENTRENAMIENTO 250 ML PEPPA PIG LITTLE ONE</t>
+    <t>TODDLER TRAINING MUG 250 ML PEPPA PIG LITTLE ONE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497135042 </t>
   </si>
   <si>
-    <t>MICRO MUG 390 ML BABY SHARK</t>
+    <t>TAZA MICRO 390 ML BABY SHARK</t>
   </si>
   <si>
     <t xml:space="preserve">8412497135073 </t>
   </si>
   <si>
-    <t>EASY TUMBLER 260 ML BABY SHARK</t>
+    <t>VASO EASY PEQUEÑO 260 ML BABY SHARK</t>
   </si>
   <si>
     <t xml:space="preserve">8412497135202 </t>
   </si>
   <si>
-    <t>MULTI COMPARTMENT SANDWICH BOX BABY SHARK</t>
+    <t>SANDWICHERA MULTIPLE BABY SHARK</t>
   </si>
   <si>
     <t xml:space="preserve">8412497139095 </t>
   </si>
   <si>
     <t>FUNNY SANDWICH BOX WITH CUTLERY PEPPA PIG CORE 2022</t>
   </si>
   <si>
     <t xml:space="preserve">8412497139149 </t>
   </si>
   <si>
     <t>FUNNY SANDWICH BOX PEPPA PIG CORE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497139200 </t>
   </si>
   <si>
-    <t>SANDWICHERA MULTIPLE PEPPA PIG CORE</t>
+    <t>MULTI COMPARTMENT SANDWICH BOX PEPPA PIG CORE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497139255 </t>
   </si>
   <si>
-    <t>BOTELLA SPORT EASY HOLD 380 ML PEPPA PIG CORE 2022</t>
+    <t>EASY HOLD SPORT BOTTLE 380 ML PEPPA PIG CORE 2022</t>
   </si>
   <si>
     <t xml:space="preserve">8412497139323 </t>
   </si>
   <si>
-    <t>BOTELLA SPORT 400 ML PEPPA PIG CORE</t>
+    <t>SPORT BOTTLE 400 ML PEPPA PIG CORE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497139361 </t>
   </si>
   <si>
-    <t>SMALL ECOZEN HYDRO BOTTLE 430 ML PEPPA PIG</t>
+    <t>BOTELLA ECOZEN HIDRO PEQUEÑA 430 ML PEPPA PIG</t>
   </si>
   <si>
     <t xml:space="preserve">8412497139385 </t>
   </si>
   <si>
-    <t>URBAN SANDWICH BOX PEPPA PIG CORE</t>
+    <t>SANDWICHERA URBAN PEPPA PIG CORE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497139521 </t>
   </si>
   <si>
-    <t>ACTIVE CANTEEN 510 ML PEPPA PIG CORE 2022</t>
+    <t>BOTELLA ACTIVE 510 ML PEPPA PIG CORE 2022</t>
   </si>
   <si>
     <t xml:space="preserve">8412497139606 </t>
   </si>
   <si>
     <t>HIGH ALUMINIUM BOTTLE 530 ML PEPPA PIG CORE 2022</t>
   </si>
   <si>
     <t xml:space="preserve">8412497139842 </t>
   </si>
   <si>
     <t>ALUMINIUM SB BOTTLE 400 ML PEPPA PIG FRIENDS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497139972 </t>
   </si>
   <si>
-    <t>BOTELLA ECOZENPREMIUM MEDIANA 620 ML PEPPA PIG HAZE</t>
+    <t>MEDIUM ECOZEN PREMIUM BOTTLE 620 ML PEPPA PIG HAZE CRFE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497141074 </t>
   </si>
   <si>
-    <t>VASO EASY PEQUEÑO 260 ML HARRY POTTER SCHOOL SHIELDS</t>
+    <t>EASY TUMBLER 260 ML HARRY POTTER SCHOOL SHIELDS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497144372 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA DEMON SLAYER</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX DEMON SLAYER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497141203 </t>
   </si>
   <si>
-    <t>MULTI COMPARTMENT SANDWICH BOX HARRY POTTER SCHOOL SHIELDS</t>
+    <t>SANDWICHERA MULTIPLE HARRY POTTER SCHOOL SHIELDS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497154005 </t>
   </si>
   <si>
     <t>STOR VASO PP TRANSPARENTE REUTILIZABLE 400 ML</t>
   </si>
   <si>
     <t xml:space="preserve">8412497154210 </t>
   </si>
   <si>
-    <t>STACKABLE TUMBLER 420 ML.</t>
+    <t>VASO APILABLE TRANSPARENTE 420 ML.</t>
   </si>
   <si>
     <t xml:space="preserve">8412497154258 </t>
   </si>
   <si>
     <t>STACKABLE TRANSPARENT PP TUMBLER 420 ML</t>
   </si>
   <si>
     <t xml:space="preserve">8412497154302 </t>
   </si>
   <si>
     <t>STOR LOTE 24 VASOS PP TRANSPARENTES REUTILIZABLES 430 ML</t>
   </si>
   <si>
     <t xml:space="preserve">8412497141746 </t>
   </si>
   <si>
-    <t>SANDWICHERA RECTANGULAR HARRY POTTER SCHOOL SHIELDS</t>
+    <t>FUNNY SANDWICH BOX HARRY POTTER SCHOOL SHIELDS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497158805 </t>
   </si>
   <si>
-    <t>VASO PC MOJITO 450 ML.</t>
+    <t>MOJITO TUMBLER PC 450 ML.</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160648 </t>
   </si>
   <si>
-    <t>PLATO APERITIVO PEQUEÑO TERRA</t>
+    <t>SMALL SNACK PLATE TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160655 </t>
   </si>
   <si>
-    <t>MEDIUM SNACK PLATE TERRA</t>
+    <t>PLATO APERITIVO MEDIANO TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160662 </t>
   </si>
   <si>
-    <t>LARGE SNACK PLATE TERRA</t>
+    <t>PLATO APERITIVO GRANDE TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160679 </t>
   </si>
   <si>
-    <t>DESSERT PLATE TERRA</t>
+    <t>PLATO POSTRE TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160686 </t>
   </si>
   <si>
     <t>DINNER PLATE TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160693 </t>
   </si>
   <si>
     <t>PRESENTATION PLATE TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160709 </t>
   </si>
   <si>
-    <t>ENSALADERA PEQUEÑA TERRA</t>
+    <t>LITTE SALAD BOWL TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160716 </t>
   </si>
   <si>
-    <t>ENSALADERA GRANDE TERRA</t>
+    <t>LARGE SALAD BOWL TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160723 </t>
   </si>
   <si>
-    <t>CUENCO PEQUEÑO TERRA</t>
+    <t>LITTLE BOWL TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160730 </t>
   </si>
   <si>
-    <t>MEDIUM BOWL TERRA</t>
+    <t>CUENCO MEDIANO TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160747 </t>
   </si>
   <si>
-    <t>LARGE BOWL TERRA</t>
+    <t>CUENCO GRANDE TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160754 </t>
   </si>
   <si>
-    <t>DEEP PLATE TERRA</t>
+    <t>PLATO HONDO TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160761 </t>
   </si>
   <si>
     <t>WIDE RIME BOWL TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160778 </t>
   </si>
   <si>
     <t>SMALL OVAL BOWL TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160785 </t>
   </si>
   <si>
-    <t>BOL OVALADO MEDIANO TERRA</t>
+    <t>MEDIUM OVAL BOWL TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160792 </t>
   </si>
   <si>
-    <t>BOL OVALADO GRANDE TERRA</t>
+    <t>LARGE OVAL BOWL TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160808 </t>
   </si>
   <si>
-    <t>ENSALDERA OVALADA TERRA</t>
+    <t>OVAL SALAD BOWL TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160815 </t>
   </si>
   <si>
-    <t>LITTLE SQUARED PLATE TERRA</t>
+    <t>PLATO CUADRADO PEQUEÑO TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160822 </t>
   </si>
   <si>
-    <t>MEDIUM SQUARED PLATE TERRA</t>
+    <t>PLATO CUADRADO MEDIANO TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160839 </t>
   </si>
   <si>
-    <t>LARGE SQUARED PLATE TERRA</t>
+    <t>PLATO CUADRADO GRANDE TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160846 </t>
   </si>
   <si>
     <t>SMALL RECTANGULAR PLATTER TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160853 </t>
   </si>
   <si>
     <t>LARGE RECTANGULAR PLATTER TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160860 </t>
   </si>
   <si>
-    <t>TAZA MOCA TERRA</t>
+    <t>MOCHA CUP TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160877 </t>
   </si>
   <si>
-    <t>TAZA CAFE TERRA</t>
+    <t>COFFE CUP TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160884 </t>
   </si>
   <si>
-    <t>TAZA TE TERRA</t>
+    <t>TEA CUP TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160891 </t>
   </si>
   <si>
-    <t>SAUCER TERRA</t>
+    <t>PLATILLO TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160907 </t>
   </si>
   <si>
-    <t>INDIVIDUAL SAUCE BOWL TERRA</t>
+    <t>SALSERA INDIVIDUAL TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160914 </t>
   </si>
   <si>
-    <t>DOUBLE SAUCE BOWL TERRA</t>
+    <t>SALSERA DOBLE TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160921 </t>
   </si>
   <si>
     <t>TRIPLE SAUCE BOWL TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160938 </t>
   </si>
   <si>
     <t>SMALL RECTANGULAR TRAY TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160945 </t>
   </si>
   <si>
-    <t>BANDEJA RECTANGULAR GRANDE TERRA</t>
+    <t>LARGE RECTANGULAR TRAY TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160952 </t>
   </si>
   <si>
-    <t>BANDEJA CUADRADA PEQUEÑA TERRA</t>
+    <t>SMALL SQUARED TRAY TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160969 </t>
   </si>
   <si>
-    <t>BANDEJA CUADRADA GRANDE TERRA</t>
+    <t>LARGE SQUARED TRAY TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160976 </t>
   </si>
   <si>
     <t>STOR RAMEQUIN 60 ML TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497160983 </t>
   </si>
   <si>
     <t>STOR RAMEQUIN 90 ML TERRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497161706 </t>
   </si>
   <si>
-    <t>ATLANTA TUMBLER PC 42 CL.</t>
+    <t>VASO ATLANTA PC 42 CL.</t>
   </si>
   <si>
     <t xml:space="preserve">8412497162000 </t>
   </si>
   <si>
     <t>MICRO MUG</t>
   </si>
   <si>
     <t xml:space="preserve">8412497162017 </t>
   </si>
   <si>
     <t>PC PLATE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497162024 </t>
   </si>
   <si>
-    <t>PLATO HONDO PC BLANCO</t>
+    <t>PC SOUP PLATE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497162031 </t>
   </si>
   <si>
-    <t>PLATO POSTRE PC BLANCO</t>
+    <t>PC DESSERT PLATE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497162406 </t>
   </si>
   <si>
-    <t>JARRA FIESTA 1,9 L.</t>
+    <t>FIESTA PITCHER PC 1.9 L.</t>
   </si>
   <si>
     <t xml:space="preserve">8412497162628 </t>
   </si>
   <si>
-    <t>PILSNER BEER GLASS  PC 420 ML</t>
+    <t>VASO DE CERVEZA PILSNER PC 420 ML.</t>
   </si>
   <si>
     <t xml:space="preserve">8412497162635 </t>
   </si>
   <si>
-    <t>PILSNER BEER TUMBLER PC 300 ML.</t>
+    <t>VASO DE CERVEZA PILSNER PC 300 ML.</t>
   </si>
   <si>
     <t xml:space="preserve">8412497162666 </t>
   </si>
   <si>
-    <t>BEER BREMEN PITCHER PC 550 ML</t>
+    <t>JARRA CERVEZA BREMEN PC 550 ML.</t>
   </si>
   <si>
     <t xml:space="preserve">8412497162758 </t>
   </si>
   <si>
     <t>GIN TONIC GLASS PC 780 ML</t>
   </si>
   <si>
     <t xml:space="preserve">8412497162864 </t>
   </si>
   <si>
     <t>MARTINI CUP PC 28 CL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497162888 </t>
   </si>
   <si>
-    <t>COPA MARGARITA PC 360 ML.</t>
+    <t>MARGARITA PC GLASS 360 ML</t>
   </si>
   <si>
     <t xml:space="preserve">8412497162918 </t>
   </si>
   <si>
     <t>STOR COPA COCTEL TROPICAL PC TRANSPARENTE 425 ML</t>
   </si>
   <si>
     <t xml:space="preserve">8412497163779 </t>
   </si>
   <si>
     <t>STOR BOL OVALADO PEQUEÑO TERRA NEGRO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497163786 </t>
   </si>
   <si>
     <t>STOR BOL OVALADO MEDIANO TERRA NEGRO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497163793 </t>
   </si>
   <si>
     <t>STOR BOL OVALADO GRANDE TERRA NEGRO</t>
   </si>
@@ -1673,9558 +1673,9549 @@
   <si>
     <t>STOR BANDEJA RECTANGULAR GRANDE TERRA NEGRA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497163977 </t>
   </si>
   <si>
     <t>STOR RAMEQUIN 60 ML TERRA NEGRO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497163984 </t>
   </si>
   <si>
     <t>STOR RAMEQUIN 90 ML TERRA NEGRO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497164509 </t>
   </si>
   <si>
     <t>PC WHITE  BOWL 120 MM</t>
   </si>
   <si>
     <t xml:space="preserve">8412497164554 </t>
   </si>
   <si>
-    <t>CUENCO PC BLANCO 140X65 MM.</t>
+    <t>PC WHITE  BOWL 140 MM</t>
   </si>
   <si>
     <t xml:space="preserve">8412497165155 </t>
   </si>
   <si>
-    <t>JARRA MESA PC 2,2 L.</t>
+    <t>TABLE PITCHER PC 2,2 L</t>
   </si>
   <si>
     <t xml:space="preserve">8412497167357 </t>
   </si>
   <si>
-    <t>CENICERO MELAMINA AGUA BLANCO (110X65 MM.)</t>
+    <t>WHITE WATER MELAMINE ASHTRAY (110X65 MM.)</t>
   </si>
   <si>
     <t xml:space="preserve">8412497167364 </t>
   </si>
   <si>
-    <t>BLACK WATER MELAMINE ASHTRAY (110X65 MM.)</t>
+    <t>CENICERO MELAMINA AGUA NEGRO (110X65 MM.)</t>
   </si>
   <si>
     <t xml:space="preserve">8412497167654 </t>
   </si>
   <si>
-    <t>WHITE ROUND MELAMINE ASHTRAY (105X33 MM.)</t>
+    <t>CENICERO MELAMINA REDONDO BLANCO (105X33 MM.)</t>
   </si>
   <si>
     <t xml:space="preserve">8412497167661 </t>
   </si>
   <si>
-    <t>BLACK ROUND MELAMINE ASHTRAY (105X33 MM.)</t>
+    <t>CENICERO MELAMINA REDONDO NEGRO (105X33 MM.)</t>
   </si>
   <si>
     <t xml:space="preserve">8412497168071 </t>
   </si>
   <si>
     <t>EASY TUMBLER 260 ML LOL SURPRISE ROCK ON</t>
   </si>
   <si>
     <t xml:space="preserve">8412497168200 </t>
   </si>
   <si>
     <t>MULTI COMPARTMENT SANDWICH BOX LOL SURPRISE ROCK ON</t>
   </si>
   <si>
     <t xml:space="preserve">8412497168743 </t>
   </si>
   <si>
-    <t>SANDWICHERA RECTANGULAR LOL SURPRISE ROCK ON</t>
+    <t>FUNNY SANDWICH BOX LOL SURPRISE ROCK ON</t>
   </si>
   <si>
     <t xml:space="preserve">8412497179206 </t>
   </si>
   <si>
-    <t>SANDWICHERA MULTIPLE FROZEN IRIDESCENT AQUA</t>
+    <t>MULTI COMPARTMENT SANDWICH BOX FROZEN IRIDESCENT AQUA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497181179 </t>
   </si>
   <si>
-    <t>TAPAS CUBREPLATOS PC DIAM. 31,8 CM.</t>
+    <t>NODO PC PLATE COVER DIAM. 31,8</t>
   </si>
   <si>
     <t xml:space="preserve">8412497183111 </t>
   </si>
   <si>
-    <t>PC SCOOP 300 CC</t>
+    <t>PALA 300 CC.</t>
   </si>
   <si>
     <t xml:space="preserve">8412497183128 </t>
   </si>
   <si>
-    <t>PC SCOOP 600 CC</t>
+    <t>PALA 600 CC.</t>
   </si>
   <si>
     <t xml:space="preserve">8412497183142 </t>
   </si>
   <si>
-    <t>PC SCOOP 1500 CC</t>
+    <t>PALA 1500 CC.</t>
   </si>
   <si>
     <t xml:space="preserve">8412497187201 </t>
   </si>
   <si>
     <t>MULTI COMPARTMENT SANDWICH BOX CARS RACE READY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497188208 </t>
   </si>
   <si>
     <t>MULTI COMPARTMENT SANDWICH BOX MINNIE ELECTRIC DOLL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497189045 </t>
   </si>
   <si>
-    <t>TAZA MICRO 390 ML PAW PATROL COMIC</t>
+    <t>MICRO MUG 390 ML PAW PATROL COMIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497189205 </t>
   </si>
   <si>
-    <t>SANDWICHERA MULTIPLE PAW PATROL COMIC</t>
+    <t>MULTI COMPARTMENT SANDWICH BOX PAW PATROL COMIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497189496 </t>
   </si>
   <si>
-    <t>SET MICRO 3 PCS. PAW PATROL COMIC</t>
+    <t>3 PCS KIDS MICRO SET IN STANDARD BOX PAW PATROL COMIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497200009 </t>
   </si>
   <si>
-    <t>CERAMIC CHANGING COLOR MUG 11 OZ IN GIFT BOX AVENGERS  GTTR</t>
+    <t>TAZA CERAMICA 325 ML CHANGING COLOR EN CAJA REGALO AVENGERS  GTTR</t>
   </si>
   <si>
     <t xml:space="preserve">8412497200023 </t>
   </si>
   <si>
-    <t>CERAMIC CHANGING COLOR MUG 11 OZ IN GIFT BOX POKEMON UNIVERSE</t>
+    <t>TAZA CERAMICA 325 ML CHANGING COLOR EN CAJA REGALO POKEMON UNIVERSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497200030 </t>
   </si>
   <si>
-    <t>CERAMIC CHANGING COLOR MUG 11 OZ IN GIFT BOX STITCH &amp; ANGEL  GTTR</t>
+    <t>TAZA CERAMICA 325 ML CHANGING COLOR EN CAJA REGALO STITCH &amp; ANGEL  GTTR</t>
   </si>
   <si>
     <t xml:space="preserve">8412497200184 </t>
   </si>
   <si>
     <t>CERAMIC SB MUG 11 OZ IN BOX LOL SURPRISE ROCK ON</t>
   </si>
   <si>
     <t xml:space="preserve">8412497200511 </t>
   </si>
   <si>
     <t>CERAMIC MUG 11 OZ IN GIFT BOX SUPER MARIO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497200818 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA HARRY POTTER</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX HARRY POTTER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497200832 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA HARRY POTTER HOUSES</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX HARRY POTTER HOUSES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497200887 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA GLOBE 380 ML EN CAJA REGALO HARRY POTTER</t>
+    <t>CERAMIC GLOBE MUG 13 OZ IN GIFT BOX HARRY POTTER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497201044 </t>
   </si>
   <si>
-    <t>MICRO MUG 390 ML CAPIBARA</t>
+    <t>TAZA MICRO 390 ML CAPIBARA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497201075 </t>
   </si>
   <si>
-    <t>EASY PP TUMBLER 260 ML CAPIBARA</t>
+    <t>VASO EASY PEQUEÑO 260 ML CAPIBARA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497201129 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX PEPPA PIG PINK FLAMINGO</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA PEPPA PIG PINK FLAMINGO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497201204 </t>
   </si>
   <si>
-    <t>MULTI COMPARTMENT SANDWICH BOX CAPIBARA</t>
+    <t>SANDWICHERA MULTIPLE CAPIBARA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497201303 </t>
   </si>
   <si>
-    <t>EASY SPORT TUMBLER 430 ML CAPIBARA</t>
+    <t>VASO CAÑA EASY 430 ML CAPIBARA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497201327 </t>
   </si>
   <si>
     <t>SPORT BOTTLE 400 ML CAPIBARA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497201365 </t>
   </si>
   <si>
     <t>SMALL ECOZEN HYDRO BOTTLE 430 ML CAPIBARA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497201495 </t>
   </si>
   <si>
     <t>ALUMINIUM BOTTLE 400 ML SUBLIMATION CAPIBARA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497204113 </t>
   </si>
   <si>
     <t>CERAMIC SB MUG 11 OZ IN BOX RICK &amp; MORTY FACES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497204120 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA RICK &amp; MORTY PICKLET</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX RICK &amp; MORTY PICKLET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497204304 </t>
   </si>
   <si>
-    <t>VASO CAÑA EASY 430 ML ITALIAN BRAINROT</t>
+    <t>EASY SPORT TUMBLER 430 ML ITALIAN BRAINROT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497204328 </t>
   </si>
   <si>
-    <t>BOTELLA SPORT 400 ML ITALIAN BRAINROT</t>
+    <t>SPORT BOTTLE 400 ML ITALIAN BRAINROT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497204748 </t>
   </si>
   <si>
-    <t>SANDWICHERA RECTANGULAR ITALIAN BRAINROT</t>
+    <t>FUNNY SANDWICH BOX ITALIAN BRAINROT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497204946 </t>
   </si>
   <si>
-    <t>ALUMINIUM BOTTLE 400 ML SUBLIMATION ITALIAN BRAINROT</t>
+    <t>BOTELLA ALUMINIO PEQUEÑA 400 ML ITALIAN BRAINROT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497207046 </t>
   </si>
   <si>
-    <t>MICRO MUG 390 ML DRAGON BALL</t>
+    <t>TAZA MICRO 390 ML DRAGON BALL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497207077 </t>
   </si>
   <si>
-    <t>EASY PP TUMBLER 260 ML DRAGON BALL</t>
+    <t>VASO EASY PEQUEÑO 260 ML DRAGON BALL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497207206 </t>
   </si>
   <si>
-    <t>MULTI COMPARTIMENT SANDWICH BOX DRAGON BALL</t>
+    <t>SANDWICHERA MULTIPLE DRAGON BALL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497207305 </t>
   </si>
   <si>
     <t>EASY SPORT TUMBLER 430 ML DRAGON BALL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497207329 </t>
   </si>
   <si>
     <t>SPORT BOTTLE 400 ML DRAGON BALL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497207343 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO PEQUEÑA 400 ML DRAGON BALL</t>
+    <t>ALUMINIUM BOTTLE 400 ML DRAGON BALL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497207404 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO INFANTIL 600 ML DRAGON BALL</t>
+    <t>DAILY ALUMINIUM BOTTLE 600 ML DRAGON BALL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497207541 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO SB PEQUEÑA 400 ML DRAGON BALL GROUP</t>
+    <t>ALUMINIUM SB BOTTLE 400 ML DRAGON BALL GROUP</t>
   </si>
   <si>
     <t xml:space="preserve">8412497211272 </t>
   </si>
   <si>
-    <t>2 PCS PP CUTLERY (SPOON AND FORK) SET IN POLYBAG UNICORN RANGE</t>
+    <t>SET DE 2 CUBIERTOS PP (CUCHARA Y TENEDOR) UNICORN RAINBOW</t>
   </si>
   <si>
     <t xml:space="preserve">8412497211364 </t>
   </si>
   <si>
-    <t>SMALL ECOZEN HYDRO BOTTLE 430 ML UNICORN</t>
+    <t>BOTELLA ECOZEN HIDRO PEQUEÑA 430 ML UNICORN RAINBOW</t>
   </si>
   <si>
     <t xml:space="preserve">8412497211463 </t>
   </si>
   <si>
-    <t>MICRO BOWL UNICORN RANGE</t>
+    <t>CUENCO MICRO UNICORN RAINBOW</t>
   </si>
   <si>
     <t xml:space="preserve">8412497211470 </t>
   </si>
   <si>
     <t>MICRO PLATE UNICORN RANGE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497212040 </t>
   </si>
   <si>
     <t>MICRO MUG 390 ML GABBY\'S´S DOLLHOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497212071 </t>
   </si>
   <si>
-    <t>VASO EASY PEQUEÑO 260 ML GABBY\'S DOLLHOUSE</t>
+    <t>EASY PP TUMBLER 260 ML GABBY\'S´S DOLLHOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497212101 </t>
   </si>
   <si>
-    <t>BOTELLA SCHOOL 370 ML GABBY\'S DOLLHOUSE</t>
+    <t>SCHOOL BOTTLE 370 ML GABBYS DOLLHOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497212200 </t>
   </si>
   <si>
-    <t>SANDWICHERA MULTIPLE GABBY\'S DOLLHOUSE</t>
+    <t>MULTI COMPARTIMENT SANDWICH BOX GABBY\'S´S DOLLHOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497212279 </t>
   </si>
   <si>
-    <t>2 PCS PP CUTLERY (SPOON AND FORK) SET IN POLYBAG GABBY\'S DOLLHOUSE</t>
+    <t>SET DE 2 CUBIERTOS PP (CUCHARA Y TENEDOR) GABBY\'S DOLLHOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497212309 </t>
   </si>
   <si>
-    <t>EASY SPORT TUMBLER 430 ML GABBY\'S´S DOLLHOUSE</t>
+    <t>VASO CAÑA EASY 430 ML GABBY\'S DOLLHOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497212316 </t>
   </si>
   <si>
-    <t>PLAYGROUND SIPPER BOTTLE 410 ML GABBY\'S DOLLHOUSE</t>
+    <t>BOTELLA PP PLAYGROUND 410 ML GABBY\'S DOLLHOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497212323 </t>
   </si>
   <si>
     <t>SPORT BOTTLE 400 ML GABBY\'S´S DOLLHOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497212347 </t>
   </si>
   <si>
     <t>ALUMINIUM BOTTLE 400 ML GABBY\'S´S DOLLHOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497212361 </t>
   </si>
   <si>
-    <t>BOTELLA ECOZEN HIDRO PEQUEÑA 430 ML GABBY\'S DOLLHOUSE</t>
+    <t>SMALL ECOZEN HYDRO BOTTLE 430 ML GABBY\'S´S DOLLHOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497212460 </t>
   </si>
   <si>
-    <t>CUENCO MICRO GABBY\'S DOLLHOUSE</t>
+    <t>MICRO BOWL GABBY\'S DOLLHOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497212477 </t>
   </si>
   <si>
-    <t>PLATO MICRO GABBY\'S DOLLHOUSE</t>
+    <t>MICRO PLATE GABBY\'S DOLLHOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497212507 </t>
   </si>
   <si>
-    <t>5 PCS  MCIRO SET (PLATE, BOWL, TUMBLER, CUTLERY) GABBY\'S DOLLHOUSE BAB</t>
+    <t>SET MICRO 5 PCS (PLATO, CUENCO, VASO Y CUBIERTOS) EN CAJA GABBY\'S DOLLHOUSE BAB</t>
   </si>
   <si>
     <t xml:space="preserve">8412497212668 </t>
   </si>
   <si>
-    <t>3D FIGURINE TUMBLER 360 ML GABBY\'S DOLLHOUSE</t>
+    <t>VASO FIGURITA 3D 360 ML GABBY\'S DOLLHOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497212743 </t>
   </si>
   <si>
-    <t>FUNNY SANDWICH BOX GABBY\'S´S DOLLHOUSE</t>
+    <t>SANDWICHERA RECTANGULAR GABBY\'S DOLLHOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497212941 </t>
   </si>
   <si>
     <t>ALUMINIUM SB BOTTLE 400 ML GABBY DOLLHOUSE PARTY AGAIN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497212972 </t>
   </si>
   <si>
     <t>MEDIUM ECOZEN PREMIUM BOTTLE 620 ML GABBY\'S´S DOLLHOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497214006 </t>
   </si>
   <si>
-    <t>BOTELLA PP INFANTIL 560 ML SUPER MARIO</t>
+    <t>DAILY PP BOTTLE 560 ML SUPER MARIO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497214013 </t>
   </si>
   <si>
-    <t>BOTELLA PP PLAYGROUND 410 ML SUPER MARIO</t>
+    <t>PLAYGROUND SIPPER BOTTLE 410 ML SUPER MARIO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497214044 </t>
   </si>
   <si>
-    <t>TAZA MICRO 390 ML SUPER MARIO</t>
+    <t>MICRO MUG 390 ML SUPER MARIO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497214068 </t>
   </si>
   <si>
-    <t>LARGE EASY PP TUMBLER 430 ML SUPER MARIO</t>
+    <t>VASO EASY GRANDE 430 ML SUPER MARIO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497214075 </t>
   </si>
   <si>
-    <t>EASY PP TUMBLER 260 ML SUPER MARIO</t>
+    <t>VASO EASY PEQUEÑO 260 ML SUPER MARIO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497214174 </t>
   </si>
   <si>
-    <t>2 PCS PP CUTLERY (SPOON AND FORK) SET IN POLYBAG SUPER MARIO</t>
+    <t>SET DE 2 CUBIERTOS PP (CUCHARA Y TENEDOR) SUPER MARIO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497214198 </t>
   </si>
   <si>
     <t>EASY OFFSET PLACEMAT SUPER MARIO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497214204 </t>
   </si>
   <si>
     <t>MULTI COMPARTMENT SANDWICH BOX SUPER MARIO BOX</t>
   </si>
   <si>
     <t xml:space="preserve">8412497214303 </t>
   </si>
   <si>
-    <t>VASO CAÑA EASY 430 ML SUPER MARIO</t>
+    <t>EASY SPORT TUMBLER 430 ML SUPER MARIO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497214327 </t>
   </si>
   <si>
-    <t>BOTELLA SPORT 400 ML SUPER MARIO</t>
+    <t>SPORT BOTTLE 400 ML SUPER MARIO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497214341 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO PEQUEÑA 400 ML SUPER MARIO</t>
+    <t>ALUMINIUM BOTTLE 400 ML SUPER MARIO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497214365 </t>
   </si>
   <si>
-    <t>SMALL ECOZEN HYDRO BOTTLE 430 ML SUPER MARIO &amp; FRIENDS</t>
+    <t>BOTELLA ECOZEN HIDRO PEQUEÑA 430 ML SUPER MARIO &amp; FRIENDS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497214372 </t>
   </si>
   <si>
-    <t>DROP SAFE SILICONE STRAW PP TUMBLER 370 ML SUPER MARIO FUN EMOTION</t>
+    <t>VASO PP ANTIVUELCO CON PAJITA DE SILICONA 370 ML SUPER MARIO FUN EMOTION</t>
   </si>
   <si>
     <t xml:space="preserve">8412497214464 </t>
   </si>
   <si>
     <t>MICRO BOWL SUPER MARIO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497214471 </t>
   </si>
   <si>
     <t>MICRO PLATE SUPER MARIO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497214747 </t>
   </si>
   <si>
-    <t>SANDWICHERA RECTANGULAR SUPER MARIO</t>
+    <t>FUNNY SANDWICH BOX SUPER MARIO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497214778 </t>
   </si>
   <si>
-    <t>TAZA ANTIVUELCO PP 410 ML SUPER MARIO FUN EMOTION</t>
+    <t>DROP SAFE PP MUG 410 ML SUPER MARIO FUN EMOTION</t>
   </si>
   <si>
     <t xml:space="preserve">8412497214792 </t>
   </si>
   <si>
-    <t>DROP SAFE PP TUMBLER 470 ML SUPER MARIO FUN EMOTION</t>
+    <t>VASO ANTIVUELCO PP 470 ML SUPER MARIO FUN EMOTION</t>
   </si>
   <si>
     <t xml:space="preserve">8412497214860 </t>
   </si>
   <si>
-    <t>LARGE ECOZEN ADVENTURE BOTTLE 650 ML SUPER MARIO</t>
+    <t>BOTELLA AVENTURA ECOZEN 650 ML SUPER MARIO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497214945 </t>
   </si>
   <si>
     <t>ALUMINIUM SB BOTTLE 400 ML SUPER MARIO COLORFUL TEAM</t>
   </si>
   <si>
     <t xml:space="preserve">8412497262045 </t>
   </si>
   <si>
     <t>MICRO MUG 390 ML DINOSAUR</t>
   </si>
   <si>
     <t xml:space="preserve">8412497262076 </t>
   </si>
   <si>
-    <t>VASO EASY PEQUEÑO 260 ML DINOSAUR</t>
+    <t>EASY PP TUMBLER 260 ML DINOSAUR</t>
   </si>
   <si>
     <t xml:space="preserve">8412497262205 </t>
   </si>
   <si>
-    <t>SANDWICHERA MULTIPLE DINOSAUR</t>
+    <t>MULTI COMPARTMENT SANDWICH BOX DINOSAUR</t>
   </si>
   <si>
     <t xml:space="preserve">8412497262304 </t>
   </si>
   <si>
-    <t>VASO CAÑA EASY 430 ML DINOSAUR</t>
+    <t>EASY SPORT TUMBLER 430 ML DINO RANGE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497262328 </t>
   </si>
   <si>
-    <t>SPORT BOTTLE 400 ML DINOSAUR</t>
+    <t>BOTELLA SPORT 400 ML DINOSAUR</t>
   </si>
   <si>
     <t xml:space="preserve">8412497262342 </t>
   </si>
   <si>
-    <t>ALUMINIUM BOTTLE 400 ML DINO RANGE</t>
+    <t>BOTELLA ALUMINIO PEQUEÑA 400 ML DINOSAUR</t>
   </si>
   <si>
     <t xml:space="preserve">8412497262366 </t>
   </si>
   <si>
-    <t>SMALL ECOZEN HYDRO BOTTLE 430 ML DINO RANGE</t>
+    <t>BOTELLA ECOZEN HIDRO PEQUEÑA 430 ML DINOSAUR</t>
   </si>
   <si>
     <t xml:space="preserve">8412497262540 </t>
   </si>
   <si>
     <t>DRAWSTRING LUNCH BAG DINOSAUR</t>
   </si>
   <si>
     <t xml:space="preserve">8412497262663 </t>
   </si>
   <si>
     <t>3D FIGURINE TUMBLER 360 ML DINOSAUR</t>
   </si>
   <si>
     <t xml:space="preserve">8412497262748 </t>
   </si>
   <si>
-    <t>SANDWICHERA RECTANGULAR DINOSAUR</t>
+    <t>FUNNY SANDWICH BOX DINOSAUR</t>
   </si>
   <si>
     <t xml:space="preserve">8412497290543 </t>
   </si>
   <si>
-    <t>BOLSA MERIENDA UNICORN RAINBOW</t>
+    <t>DRAWSTRING LUNCH BAG UNICORN RAINBOW</t>
   </si>
   <si>
     <t xml:space="preserve">8412497315017 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA BABY SHARK</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX BABY SHARK</t>
   </si>
   <si>
     <t xml:space="preserve">8412497335046 </t>
   </si>
   <si>
-    <t>MICRO MUG 390 ML TOY STORY 3 LOTSO</t>
+    <t>TAZA MICRO 390 ML TOY STORY LOTSO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497335077 </t>
   </si>
   <si>
-    <t>EASY PP TUMBLER 260 ML TOY STORY 3 LOTSO</t>
+    <t>VASO EASY PEQUEÑO 260 ML TOY STORY LOTSO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497335206 </t>
   </si>
   <si>
-    <t>MULTI COMPARTMENT SANDWICH BOX TOY STORY 3 LOTSO</t>
+    <t>SANDWICHERA MULTIPLE TOY STORY 3 LOTSO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497335305 </t>
   </si>
   <si>
-    <t>EASY SPORT TUMBLER 430 ML TOY STORY 3 LOTSO</t>
+    <t>VASO CAÑA EASY 430 ML TOY STORY LOTSO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497335329 </t>
   </si>
   <si>
-    <t>SPORT BOTTLE 400 ML TOY STORY 3 LOTSO</t>
+    <t>BOTELLA SPORT 400 ML TOY STORY 3 LOTSO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497335367 </t>
   </si>
   <si>
     <t>SMALL ECOZEN HYDRO BOTTLE 430 ML TOY STORY 3 LOTSO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497335497 </t>
   </si>
   <si>
     <t>CERAMIC MUG 11 OZ IN GIFT BOX TOY STORY 3 LOTSO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497335510 </t>
   </si>
   <si>
     <t>HYDRO BOTTLE 850 ML TOY STORY 3 LOTSO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497335572 </t>
   </si>
   <si>
     <t>CERAMIC BREAKFAST MUG 14 OZ IN GIFT BOX TOY STORY 3 LOTSO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497335749 </t>
   </si>
   <si>
-    <t>SANDWICHERA RECTANGULAR TOY STORY LOTSO</t>
+    <t>FUNNY SANDWICH BOX TOY STORY 3 LOTSO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497335916 </t>
   </si>
   <si>
-    <t>BOTELLA TERMO ACERO INOXIDABLE 515 ML TOY STORY 3 LOTSO</t>
+    <t>INSULATED STAINLESS STEEL BOTTLE 515 ML TOY STORY 3 LOTSO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497350209 </t>
   </si>
   <si>
-    <t>SANDWICHERA MULTIPLE FROZEN II</t>
+    <t>MULTI COMPARTMENT SANDWICH BOX FROZEN II</t>
   </si>
   <si>
     <t xml:space="preserve">8412497379200 </t>
   </si>
   <si>
-    <t>SANDWICHERA MULTIPLE SPIDERMAN GRAFFITI</t>
+    <t>MULTI COMPARTMENT SANDWICH BOX SPIDERMAN GRAFFITI</t>
   </si>
   <si>
     <t xml:space="preserve">8412497404001 </t>
   </si>
   <si>
-    <t>DAILY PP BOTTLE 560 ML MINECRAFT</t>
+    <t>BOTELLA PP INFANTIL 560 ML MINECRAFT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497404018 </t>
   </si>
   <si>
-    <t>PLAYGROUND SIPPER BOTTLE 410 ML MINECRAFT</t>
+    <t>BOTELLA PP PLAYGROUND 410 ML MINECRAFT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497404025 </t>
   </si>
   <si>
-    <t>SAFETY LOCK SQUARE BOTTLE 550 ML MINECRAFT</t>
+    <t>BOTELLA ROBOT CON CIERRE 550 ML MINECRAFT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497404063 </t>
   </si>
   <si>
     <t>LARGE EASY PP TUMBLER 430 ML MINECRAFT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497404070 </t>
   </si>
   <si>
     <t>EASY PP TUMBLER 260 ML MINECRAFT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497404131 </t>
   </si>
   <si>
-    <t>BOTELLA FIGURITA 3D 560 ML MINECRAFT</t>
+    <t>3D ECOZEN FIGURINE BOTTLE 560 ML MINECRAFT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497404193 </t>
   </si>
   <si>
-    <t>MANTEL INDIVIDUAL MINECRAFT</t>
+    <t>EASY OFFSET PLACEMAT MINECRAFT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497404209 </t>
   </si>
   <si>
-    <t>SANDWICHERA MULTIPLE MINECRAFT</t>
+    <t>MULTI COMPARTMENT SANDWICH BOX MINECRAFT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497404308 </t>
   </si>
   <si>
-    <t>EASY SPORT TUMBLER 430 ML MINECRAFT</t>
+    <t>VASO CAÑA EASY 430 ML MINECRAFT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497404322 </t>
   </si>
   <si>
-    <t>SPORT BOTTLE 400 ML MINECRAFT</t>
+    <t>BOTELLA SPORT 400 ML MINECRAFT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497404360 </t>
   </si>
   <si>
-    <t>SMALL ECOZEN HYDRO BOTTLE 430 ML MINECRAFT</t>
+    <t>BOTELLA ECOZEN HIDRO PEQUEÑA 430 ML MINECRAFT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497404384 </t>
   </si>
   <si>
     <t>URBAN SANDWICH BOX MINECRAFT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497404407 </t>
   </si>
   <si>
     <t>DAILY ALUMINIUM BOTTLE 600 ML MINECRAFT ISOMETRIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497404544 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO SB PEQUEÑA 400 ML MINECRAFT OVERVIEW</t>
+    <t>ALUMINIUM SB BOTTLE 400 ML MINECRAFT OVERVIEW</t>
   </si>
   <si>
     <t xml:space="preserve">8412497404605 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO ALTA 530 ML MINECRAFT ISOMETRIC</t>
+    <t>HIGH ALUMINIUM BOTTLE 530 ML MINECRAFT ISOMETRIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497404667 </t>
   </si>
   <si>
-    <t>VASO FIGURITA 3D 360 ML MINECRAFT</t>
+    <t>3D FIGURINE TUMBLER 360 ML MINECRAFT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497404742 </t>
   </si>
   <si>
-    <t>FUNNY SANDWICH BOX MINECRAFT</t>
+    <t>SANDWICHERA RECTANGULAR MINECRAFT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497404834 </t>
   </si>
   <si>
-    <t>LARGE ECOZEN ADVENTURE BOTTLE 650 ML MINECRAFT</t>
+    <t>BOTELLA AVENTURA ECOZEN 650 ML MINECRAFT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497404872 </t>
   </si>
   <si>
-    <t>CERAMIC 3D MUG 15 OZ IN GIFT BOX MINECRAFT</t>
+    <t>TAZA CERAMICA 3D 440 ML EN CAJA REGALO MINECRAFT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497404971 </t>
   </si>
   <si>
     <t>MEDIUM ECOZEN PREMIUM BOTTLE 620 ML MINECRAFT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497405039 </t>
   </si>
   <si>
     <t>DAILY PP BOTTLE 560 ML SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497405046 </t>
   </si>
   <si>
     <t>MICRO MUG 390 ML SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497405060 </t>
   </si>
   <si>
-    <t>VASO EASY GRANDE 430 ML SONIC</t>
+    <t>LARGE EASY PP TUMBLER 430 ML SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497405077 </t>
   </si>
   <si>
-    <t>VASO EASY PEQUEÑO 260 ML SONIC</t>
+    <t>EASY PP TUMBLER 260 ML SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497405176 </t>
   </si>
   <si>
-    <t>SET DE 2 CUBIERTOS PP (CUCHARA Y TENEDOR) SONIC</t>
+    <t>2 PCS PP CUTLERY (SPOON AND FORK) SET IN POLYBAG SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497405190 </t>
   </si>
   <si>
-    <t>EASY OFFSET PLACEMAT SONIC</t>
+    <t>MANTEL INDIVIDUAL SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497405206 </t>
   </si>
   <si>
-    <t>MULTI COMPARTMENT SANDWICH BOX SONIC</t>
+    <t>SANDWICHERA MULTIPLE SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497405305 </t>
   </si>
   <si>
-    <t>EASY SPORT TUMBLER 430 ML SONIC</t>
+    <t>VASO CAÑA EASY 430 ML SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497405312 </t>
   </si>
   <si>
     <t>PLAYGROUND SIPPER BOTTLE 410 ML SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497405329 </t>
   </si>
   <si>
     <t>SPORT BOTTLE 400 ML SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497405343 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO PEQUEÑA 400 ML SONIC</t>
+    <t>ALUMINIUM BOTTLE 400 ML SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497405367 </t>
   </si>
   <si>
-    <t>BOTELLA ECOZEN HIDRO PEQUEÑA 430 ML SONIC</t>
+    <t>SMALL ECOZEN HYDRO BOTTLE 430 ML SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497405381 </t>
   </si>
   <si>
-    <t>SANDWICHERA URBAN SONIC</t>
+    <t>URBAN SANDWICH BOX SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497405404 </t>
   </si>
   <si>
-    <t>DAILY ALUMINIUM BOTTLE 600 ML SONIC</t>
+    <t>BOTELLA ALUMINIO INFANTIL 600 ML SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497405466 </t>
   </si>
   <si>
-    <t>MICRO BOWL SONIC</t>
+    <t>CUENCO MICRO SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497405473 </t>
   </si>
   <si>
-    <t>MICRO PLATE SONIC</t>
+    <t>PLATO MICRO SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497405503 </t>
   </si>
   <si>
     <t>5 PCS  MCIRO SET (PLATE, BOWL, TUMBLER, CUTLERY) SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497405701 </t>
   </si>
   <si>
     <t>HIGH ALUMINIUM BOTTLE 530 ML SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497405749 </t>
   </si>
   <si>
-    <t>SANDWICHERA RECTANGULAR SONIC</t>
+    <t>FUNNY SANDWICH BOX SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497405947 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO SB PEQUEÑA 400 ML SONIC REAL SPEED</t>
+    <t>ALUMINIUM SB BOTTLE 400 ML SONIC REAL SPEED</t>
   </si>
   <si>
     <t xml:space="preserve">8412497406357 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA PAW PATROL GIRL GO SKYE</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX PAW PATROL GIRL GO SKYE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497407347 </t>
   </si>
   <si>
-    <t>ALUMINIUM BOTTLE 400 ML MINECRAFT CREEPER GREEN</t>
+    <t>BOTELLA ALUMINIO PEQUEÑA 400 ML MINECRAFT CREEPER GREEN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497408047 </t>
   </si>
   <si>
-    <t>MICRO MUG 390 ML MINECRAFT CREEPER GREEN</t>
+    <t>TAZA MICRO 390 ML MINECRAFT CREEPER GREEN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497409358 </t>
   </si>
   <si>
-    <t>METALLIC MONEY BANK ONE PIECE</t>
+    <t>HUCHA METALICA ONE PIECE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497409457 </t>
   </si>
   <si>
     <t>METALLIC MONEY BANK BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497412044 </t>
   </si>
   <si>
     <t>MICRO MUG 390 ML PEPPA PIG KINDNESS COUNTS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497412051 </t>
   </si>
   <si>
-    <t>SET 5 PCS ANTIDESLIZANTE (PLATO, CUENCO, VASO Y CUBIERTOS) PREMIUM BICOLOR EN CAJA PEPPA PIG CORE</t>
+    <t>NON SLIP 5 PCS BICOLOR PREMIUM SET (PLATE, BOWL, TUMBLER, CUTLERY) IN STANDARD BOX PEPPA PIG CORE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497412068 </t>
   </si>
   <si>
-    <t>VASO EASY GRANDE 430 ML PEPPA PIG KINDNESS COUNTS</t>
+    <t>LARGE EASY PP TUMBLER 430 ML PEPPA PIG KINDNESS COUNTS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497412075 </t>
   </si>
   <si>
-    <t>VASO EASY PEQUEÑO 260 ML PEPPA PIG KINDNESS COUNTS</t>
+    <t>EASY PP TUMBLER 260 ML PEPPA PIG KINDNESS COUNTS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497412143 </t>
   </si>
   <si>
-    <t>SQUARE WATER BOTTLE 510 ML PEPPA PIG CORE 202</t>
+    <t>BOTELLA SQUARE 510 ML PEPPA PIG CORE 2022</t>
   </si>
   <si>
     <t xml:space="preserve">8412497412174 </t>
   </si>
   <si>
-    <t>2 PCS PP CUTLERY (SPOON AND FORK) SET IN POLYBAG PEPPA PIG KINDNESS COUNTS</t>
+    <t>SET DE 2 CUBIERTOS PP (CUCHARA Y TENEDOR) PEPPA PIG KINDNESS COUNTS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497412181 </t>
   </si>
   <si>
-    <t>2 PCS ELLIPTICAL METALLIC CUTLERY (SPOON AND FORK) SET PEPPA PIG</t>
+    <t>SET DE 2 CUBIERTOS METALICOS (CUCHARA Y TENEDOR) PEPPA PIG</t>
   </si>
   <si>
     <t xml:space="preserve">8412497412198 </t>
   </si>
   <si>
     <t>EASY OFFSET PLACEMAT PEPPA PIG KINDNESS COUNTS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497412303 </t>
   </si>
   <si>
     <t>EASY SPORT TUMBLER 430 ML PEPPA PIG KINDNESS COUNTS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497412310 </t>
   </si>
   <si>
-    <t>BOTELLA PP PLAYGROUND 410 ML PEPPA PIG KINDNESS COUNTS</t>
+    <t>PLAYGROUND SIPPER BOTTLE 410 ML PEPPA PIG KINDNESS COUNTS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497412341 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO PEQUEÑA 400 ML PEPPA PIG KINDNESS COUNTS</t>
+    <t>ALUMINIUM BOTTLE 400 ML PEPPA PIG KINDNESS COUNTS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497412464 </t>
   </si>
   <si>
-    <t>CUENCO MICRO PEPPA PIG KINDNESS COUNTS</t>
+    <t>MICRO BOWL PEPPA PIG KINDNESS COUNTS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497412471 </t>
   </si>
   <si>
-    <t>MICRO PLATE PEPPA PIG KINDNESS COUNTS</t>
+    <t>PLATO MICRO PEPPA PIG KINDNESS COUNTS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497412600 </t>
   </si>
   <si>
-    <t>5 PCS  MCIRO SET (PLATE, BOWL, TUMBLER, CUTLERY) PEPPA CORE 2022</t>
+    <t>SET MICRO 5 PCS (PLATO, CUENCO, VASO Y CUBIERTOS) EN CAJA PEPPA CORE 2022</t>
   </si>
   <si>
     <t xml:space="preserve">8412497414352 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX MINECRAFT THE MOVIE</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA MINECRAFT THE MOVIE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497442201 </t>
   </si>
   <si>
     <t>MULTI COMPARTMENT SANDWICH BOX MICKEY WATERCOLORS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497446742 </t>
   </si>
   <si>
     <t>CERAMIC 3D MUG 17 OZ IN GIFT BOX POKEMON PIKACHU</t>
   </si>
   <si>
     <t xml:space="preserve">8412497446759 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA 3D 490 ML EN CAJA REGALO POKEMON POKEBALL</t>
+    <t>CERAMIC 3D MUG 15 OZ IN GIFT BOX POKEMON POKEBALL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497447459 </t>
   </si>
   <si>
-    <t>HUCHA METALICA MINECRAFT</t>
+    <t>METALLIC MONEY BANK MINECRAFT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497447756 </t>
   </si>
   <si>
-    <t>HUCHA METALICA PEPPA PIG KINDNESS COUNTS</t>
+    <t>METALLIC MONEY BANK PEPPA PIG KINDNESS COUNTS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497447954 </t>
   </si>
   <si>
-    <t>METALLIC MONEY BANK SUPERMARIO</t>
+    <t>HUCHA METALICA SUPERMARIO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497448258 </t>
   </si>
   <si>
-    <t>METALLIC MONEY BANK POKEMON DISTORTION</t>
+    <t>HUCHA METALICA POKEMON DISTORTION</t>
   </si>
   <si>
     <t xml:space="preserve">8412497448456 </t>
   </si>
   <si>
-    <t>METALLIC MONEY BANK DRAGON BALL SUPER</t>
+    <t>HUCHA METALICA DRAGON BALL SUPER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497448654 </t>
   </si>
   <si>
     <t>METALLIC MONEY BANK UNICORN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497448753 </t>
   </si>
   <si>
     <t>METALLIC MONEY BANK SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497448951 </t>
   </si>
   <si>
-    <t>HUCHA METALICA STITCH PALMS</t>
+    <t>METALLIC MONEY BANK STITCH PALMS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497449057 </t>
   </si>
   <si>
-    <t>HUCHA METALICA GABBY\'S DOLLHOUSE</t>
+    <t>METALLIC MONEY BANK GABBY\'S´S DOLLHOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497449255 </t>
   </si>
   <si>
-    <t>HUCHA METALICA SPIDERMAN MOB RULES</t>
+    <t>METALLIC MONEY BANK SPIDERMAN MOB RULES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497449354 </t>
   </si>
   <si>
-    <t>METALLIC MONEY BANK FROZEN AUTUMN LEAVES</t>
+    <t>HUCHA METALICA FROZEN AUTUMN LEAVES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497449453 </t>
   </si>
   <si>
-    <t>METALLIC MONEY BANK MICKEY HAS FUN</t>
+    <t>HUCHA METALICA MICKEY HAS FUN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497449552 </t>
   </si>
   <si>
-    <t>METALLIC MONEY BANK MINNIE BOLD FLORALS</t>
+    <t>HUCHA METALICA MINNIE BOLD FLORALS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497449651 </t>
   </si>
   <si>
     <t>METALLIC MONEY BANK PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497449859 </t>
   </si>
   <si>
     <t>METALLIC MONEY BANK PRINCESS BE YOUTIFUL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497450053 </t>
   </si>
   <si>
-    <t>HUCHA METALICA HELLO KITTY</t>
+    <t>METALLIC MONEY BANK HELLO KITTY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497450152 </t>
   </si>
   <si>
-    <t>HUCHA METALICA KUROMI</t>
+    <t>METALLIC MONEY BANK KUROMI</t>
   </si>
   <si>
     <t xml:space="preserve">8412497450251 </t>
   </si>
   <si>
-    <t>HUCHA METALICA NARUTO</t>
+    <t>METALLIC MONEY BANK NARUTO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497461004 </t>
   </si>
   <si>
-    <t>BOTELLA PP INFANTIL 560 ML BLUEY</t>
+    <t>DAILY PP BOTTLE 560 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497462353 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX HELLO KITTY INK</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA HELLO KITTY INK</t>
   </si>
   <si>
     <t xml:space="preserve">8412497462551 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX HELLO KITTY POEMA</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA HELLO KITTY POEMA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497464111 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX BATMAN LOGO</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA BATMAN LOGO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497464128 </t>
   </si>
   <si>
     <t>CERAMIC SB MUG 11 OZ IN BOX BATMAN CITY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497464319 </t>
   </si>
   <si>
     <t>CERAMIC SB MUG 11 OZ IN BOX SUPERMAN ICON</t>
   </si>
   <si>
     <t xml:space="preserve">8412497464326 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA SUPERMAN CITY</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX SUPERMAN CITY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497486663 </t>
   </si>
   <si>
-    <t>VASO FIGURITA 3D 360 ML PEPPA PIG CORE</t>
+    <t>3D FIGURINE TUMBLER 360 ML PEPPA PIG CORE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497486694 </t>
   </si>
   <si>
-    <t>POP UP CANTEEN 450 ML PEPPA PIG</t>
+    <t>ROBOT POP UP 450 ML PEPPA PIG</t>
   </si>
   <si>
     <t xml:space="preserve">8412497496013 </t>
   </si>
   <si>
-    <t>PLAYGROUND SIPPER BOTTLE 410 ML BLUEY</t>
+    <t>BOTELLA PP PLAYGROUND 410 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497501205 </t>
   </si>
   <si>
-    <t>MULTI COMPARTMENT SANDWICH BOX IT´S A MICKEY THING</t>
+    <t>SANDWICHERA MULTIPLE IT´S A MICKEY THING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497501748 </t>
   </si>
   <si>
     <t>FUNNY SANDWICH BOX MICKEY COOL SUMMER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506040 </t>
   </si>
   <si>
     <t>MICRO MUG 390 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506064 </t>
   </si>
   <si>
-    <t>VASO EASY GRANDE 430 ML BLUEY</t>
+    <t>LARGE EASY PP TUMBLER 430 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506071 </t>
   </si>
   <si>
-    <t>VASO EASY PEQUEÑO 260 ML BLUEY</t>
+    <t>EASY PP TUMBLER 260 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506101 </t>
   </si>
   <si>
-    <t>BOTELLA SCHOOL 370 ML BLUEY</t>
+    <t>SCHOOL BOTTLE 370 ML BLUEY AS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506170 </t>
   </si>
   <si>
-    <t>2 PCS PP CUTLERY (SPOON AND FORK) SET IN POLYBAG BLUEY</t>
+    <t>SET DE 2 CUBIERTOS PP (CUCHARA Y TENEDOR) BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506187 </t>
   </si>
   <si>
-    <t>2 PCS ELLIPTICAL METALLIC CUTLERY (SPOON AND FORK) (SPOON AND FORK) SET BLUEY</t>
+    <t>SET DE 2 CUBIERTOS METALICOS (CUCHARA Y TENEDOR) (CUCHARA Y TENEDOR) BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506194 </t>
   </si>
   <si>
-    <t>EASY OFFSET PLACEMAT BLUEY</t>
+    <t>MANTEL INDIVIDUAL BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506200 </t>
   </si>
   <si>
     <t>MULTI COMPARTMENT SANDWICH BOX BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506224 </t>
   </si>
   <si>
     <t>SINGLE WALL CANTEEN 465 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506255 </t>
   </si>
   <si>
-    <t>BOTELLA SPORT EASY HOLD 380 ML BLUEY</t>
+    <t>EASY HOLD SPORT BOTTLE 380 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506262 </t>
   </si>
   <si>
-    <t>TAZA RAMBLER PP 530 ML BLUEY</t>
+    <t>PP COOL MUG 530 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506279 </t>
   </si>
   <si>
-    <t>BOTELLA SPRAY 575 ML BLUEY</t>
+    <t>SPRAYER DRINK BOTTLE 575 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506309 </t>
   </si>
   <si>
-    <t>EASY SPORT TUMBLER 430 ML BLUEY</t>
+    <t>VASO CAÑA EASY 430 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506323 </t>
   </si>
   <si>
-    <t>SPORT BOTTLE 400 ML BLUEY</t>
+    <t>BOTELLA SPORT 400 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506347 </t>
   </si>
   <si>
-    <t>ALUMINIUM BOTTLE 400 ML BLUEY</t>
+    <t>BOTELLA ALUMINIO PEQUEÑA 400 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506354 </t>
   </si>
   <si>
     <t>SPACE CANTEEN 280 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506361 </t>
   </si>
   <si>
     <t>SMALL ECOZEN HYDRO BOTTLE 430 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506378 </t>
   </si>
   <si>
-    <t>SANDWICHERA MULTIPLE SUPREMA BLUEY</t>
+    <t>SUPREME MULTI COMPARTMENT SANDWICH BOX BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506385 </t>
   </si>
   <si>
-    <t>SANDWICHERA URBAN BLUEY</t>
+    <t>URBAN SANDWICH BOX BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506415 </t>
   </si>
   <si>
-    <t>BOTELLA ECOZEN PEQUEÑA 475 ML BLUEY</t>
+    <t>SMALL ECOZEN BOTTLE 475 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506422 </t>
   </si>
   <si>
-    <t>ACTIVE CANTEEN 510 ML BLUEY</t>
+    <t>BOTELLA ACTIVE 510 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506439 </t>
   </si>
   <si>
-    <t>ASKER LUNCH BOX BLUEY</t>
+    <t>SANDWICHERA ASKER BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506460 </t>
   </si>
   <si>
-    <t>MICRO BOWL BLUEY</t>
+    <t>CUENCO MICRO  BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506477 </t>
   </si>
   <si>
     <t>MICRO PLATE BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506514 </t>
   </si>
   <si>
     <t>CHARACTER SIPPER BOTTLE 350 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506521 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO CON FIGURITA 3D 690 ML BLUEY</t>
+    <t>3D FIGURINE ALUMINIUM BOTTLE 690 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506538 </t>
   </si>
   <si>
-    <t>BOLSA MERIENDA AISLANTE RECTANGULAR BLUEY</t>
+    <t>RECTANGULAR INSULATED BAG BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506545 </t>
   </si>
   <si>
-    <t>BOLSA MERIENDA BLUEY</t>
+    <t>DRAWSTRING LUNCH BAG BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506583 </t>
   </si>
   <si>
-    <t>BOTELLA POP UP DE ALUMINIO CON CORREA 730 ML BLUEY</t>
+    <t>ALUMINIUM POP UP BOTTLE WITH STRAP 730 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506606 </t>
   </si>
   <si>
-    <t>5 PCS  MCIRO SET (PLATE, BOWL, TUMBLER, CUTLERY) BLUEY</t>
+    <t>SET MICRO 5 PCS (PLATO, CUENCO, VASO Y CUBIERTOS) EN CAJA  BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506620 </t>
   </si>
   <si>
-    <t>DISCOVERY LARGE PP BOTTLE 640 ML BLUEY</t>
+    <t>BOTELLA PP GRANDE DISCOVERY 640 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506644 </t>
   </si>
   <si>
-    <t>ALUMINIUM SB BOTTLE 400 ML BLUEY CANDY</t>
+    <t>BOTELLA ALUMINIO SB PEQUEÑA 400 ML BLUEY CANDY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506668 </t>
   </si>
   <si>
     <t>3D FIGURINE TUMBLER 360 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506699 </t>
   </si>
   <si>
     <t>POP UP CANTEEN 450 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506736 </t>
   </si>
   <si>
-    <t>SET VUELTA AL COLE (SANDWICHERA RECTANGULAR Y BOTELLA SPORT EASY HOLD 380 ML) EN CAJA REGALO BLUEY</t>
+    <t>2 PCS BTS SET (SPORT BOTTLE AND SANDWICH BOX) IN GIFT BOX  BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506743 </t>
   </si>
   <si>
-    <t>SANDWICHERA RECTANGULAR BLUEY</t>
+    <t>FUNNY SANDWICH BOX BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506750 </t>
   </si>
   <si>
-    <t>SET 5 PCS ANTIDESLIZANTE (PLATO, CUENCO, VASO Y CUBIERTOS) PREMIUM BICOLOR EN CAJA BLUEY</t>
+    <t>NON SLIP 5 PCS BICOLOR PREMIUM SET (PLATE, BOWL, TUMBLER, CUTLERY) IN STANDARD BOX BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506828 </t>
   </si>
   <si>
-    <t>SMALL ECOZEN ADVENTURE BOTTLE 460 ML BLUEY</t>
+    <t>BOTELLA AVENTURA ECOZEN 460 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506903 </t>
   </si>
   <si>
-    <t>BENTOPRO SANDWICH BOX BLUEY</t>
+    <t>SANDWICHERA BENTOPRO BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506910 </t>
   </si>
   <si>
-    <t>NON SLIP BICOLOR PREMIUM BOWL BLUEY</t>
+    <t>CUENCO ANTIDESLIZANTE PREMIUM BICOLOR BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506927 </t>
   </si>
   <si>
     <t>NON SLIP BICOLOR PREMIUM PLATE BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506958 </t>
   </si>
   <si>
     <t>NON SLIP BICOLOR PREMIUM TUMBLER 260 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497506972 </t>
   </si>
   <si>
-    <t>BOTELLA ECOZEN PREMIUM MEDIANA 620 ML BLUEY</t>
+    <t>MEDIUM ECOZEN PREMIUM BOTTLE 620 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497510078 </t>
   </si>
   <si>
-    <t>VASO EASY PEQUEÑO 260 ML FROZEN II BLUE FOREST</t>
+    <t>EASY TUMBLER 260 ML FROZEN II BLUE FOREST</t>
   </si>
   <si>
     <t xml:space="preserve">8412497510207 </t>
   </si>
   <si>
-    <t>SANDWICHERA MULTIPLE FROZEN II ELEMENTS</t>
+    <t>MULTI COMPARTMENT SANDWICH BOX FROZEN II ELEMENTS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497510740 </t>
   </si>
   <si>
-    <t>FUNNY SANDWICH BOX FROZEN II BLUE FOREST</t>
+    <t>SANDWICHERA RECTANGULAR FROZEN II BLUE FOREST</t>
   </si>
   <si>
     <t xml:space="preserve">8412497511044 </t>
   </si>
   <si>
-    <t>MICRO MUG 390 ML MINNIE FEEL GOOD</t>
+    <t>TAZA MICRO 390 ML MINNIE FEEL GOOD</t>
   </si>
   <si>
     <t xml:space="preserve">8412497511174 </t>
   </si>
   <si>
-    <t>2 PCS PP CUTLERY SET IN POLYBAG MINNIE FEEL GOOD</t>
+    <t>SET DE 2 CUBIERTOS PP MINNIE FEEL GOOD</t>
   </si>
   <si>
     <t xml:space="preserve">8412497511204 </t>
   </si>
   <si>
     <t>MULTI COMPARTMENT SANDWICH BOX MINNIE SO EDGY BOWS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497511495 </t>
   </si>
   <si>
     <t>3 PCS KIDS MICRO SET IN STANDARD BOX MINNIE FEEL GOOD</t>
   </si>
   <si>
     <t xml:space="preserve">8412497511747 </t>
   </si>
   <si>
-    <t>SANDWICHERA RECTANGULAR MINNIE FEEL GOOD</t>
+    <t>FUNNY SANDWICH BOX MINNIE FEEL GOOD</t>
   </si>
   <si>
     <t xml:space="preserve">8412497512041 </t>
   </si>
   <si>
-    <t>TAZA MICRO 390 ML DISNEY PRINCESS TRUE</t>
+    <t>MICRO MUG 390 ML DISNEY PRINCESS TRUE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497512065 </t>
   </si>
   <si>
-    <t>VASO EASY GRANDE 430 ML DISNEY PRINCESS TRUE</t>
+    <t>LARGE EASY PP TUMBLER 430 ML DISNEY PRINCESS TRUE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497512072 </t>
   </si>
   <si>
-    <t>EASY PP TUMBLER 260 ML DISNEY PRINCESS TRUE</t>
+    <t>VASO EASY PEQUEÑO 260 ML DISNEY PRINCESS TRUE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497512201 </t>
   </si>
   <si>
-    <t>MULTI COMPARTMENT SANDWICH BOX PRINCESS BRIGHT &amp; BOLD</t>
+    <t>SANDWICHERA MULTIPLE DISNEY PRINCESS BRIGHT &amp; BOLD</t>
   </si>
   <si>
     <t xml:space="preserve">8412497512324 </t>
   </si>
   <si>
-    <t>SPORT BOTTLE 400 ML DISNEY PRINCESS TRUE</t>
+    <t>BOTELLA SPORT 400 ML DISNEY PRINCESS TRUE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497512744 </t>
   </si>
   <si>
     <t>FUNNY SANDWICH BOX DISNEY PRINCESS TRUE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497513048 </t>
   </si>
   <si>
     <t>MICRO MUG 390 ML SPIDERMAN STREETS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497513079 </t>
   </si>
   <si>
-    <t>VASO EASY PEQUEÑO 260 ML SPIDERMAN STREETS</t>
+    <t>EASY TUMBLER 260 ML SPIDERMAN STREETS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497513208 </t>
   </si>
   <si>
-    <t>SANDWICHERA MULTIPLE SPIDERMAN URBAN WEB</t>
+    <t>MULTI COMPARTMENT SANDWICH BOX SPIDERMAN URBAN WEB</t>
   </si>
   <si>
     <t xml:space="preserve">8412497513307 </t>
   </si>
   <si>
-    <t>VASO CAÑA EASY 430 ML SPIDERMAN STREETS</t>
+    <t>EASY SPORT TUMBLER 430 ML SPIDERMAN STREETS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497513499 </t>
   </si>
   <si>
-    <t>3 PCS KIDS MICRO SET IN STANDARD BOX SPIDERMAN STREETS</t>
+    <t>SET MICRO 3 PCS SPIDERMAN STREETS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497513741 </t>
   </si>
   <si>
-    <t>FUNNY SANDWICH BOX SPIDERMAN STREETS</t>
+    <t>SANDWICHERA RECTANGULAR SPIDERMAN STREETS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497515042 </t>
   </si>
   <si>
-    <t>MICRO MUG 390 ML CARS LETS RACE</t>
+    <t>TAZA MICRO 390 ML CARS LETS RACE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497515073 </t>
   </si>
   <si>
     <t>EASY PP TUMBLER 260 ML CARS LETS RACE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497515202 </t>
   </si>
   <si>
     <t>MULTI COMPARTMENT SANDWICH BOX CARS STICKERS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497515301 </t>
   </si>
   <si>
-    <t>VASO CAÑA EASY 430 ML CARS LETS RACE</t>
+    <t>EASY SPORT TUMBLER 430 ML CARS LETS RACE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497515325 </t>
   </si>
   <si>
-    <t>BOTELLA SPORT 400 ML CARS LETS RACE</t>
+    <t>SPORT BOTTLE 400 ML CARS LETS RACE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497515349 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO PEQUEÑA 400 ML CARS STICKERS</t>
+    <t>ALUMINIUM BOTTLE 400 ML CARS STICKERS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497515745 </t>
   </si>
   <si>
-    <t>FUNNY SANDWICH BOX CARS LETS RACE</t>
+    <t>SANDWICHERA RECTANGULAR CARS LETS RACE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497577200 </t>
   </si>
   <si>
-    <t>MULTI COMPARTMENT SANDWICH BOX AVENGERS ROLLING THUNDER</t>
+    <t>SANDWICHERA MULTIPLE AVENGERS COMIC HEROES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497577743 </t>
   </si>
   <si>
-    <t>FUNNY SANDWICH BOX AVENGERS COMIC HEROES</t>
+    <t>SANDWICHERA RECTANGULAR AVENGERS ROLLING THUNDER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497590445 </t>
   </si>
   <si>
     <t>3D LID STRAW TUMBLER 535 ML MICKEY MOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497595440 </t>
   </si>
   <si>
     <t>3D LID STRAW TUMBLER 535 ML MINNIE MOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497605514 </t>
   </si>
   <si>
-    <t>PLATO DIVIDIDO RECTANGULAR ST BLUEY</t>
+    <t>RECTANGULAR DIVIDED PLATE ST BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497605620 </t>
   </si>
   <si>
-    <t>PLATO DIVIDIDO RECTANGULAR ST STITCH</t>
+    <t>RECTANGULAR DIVIDED PLATE ST STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497605712 </t>
   </si>
   <si>
-    <t>TAZA MICRO EASY HOLD 400 ML BLUEY PLAY</t>
+    <t>EASY HOLD MICRO MUG 400 ML BLUEY PLAY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497605729 </t>
   </si>
   <si>
-    <t>EASY HOLD MICRO MUG 400 ML FROZEN SNOWY TALE</t>
+    <t>TAZA MICRO EASY HOLD 400 ML FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497605743 </t>
   </si>
   <si>
-    <t>EASY HOLD MICRO MUG 400 ML MICKEY TRUE CHAMPIONS</t>
+    <t>TAZA MICRO EASY HOLD 400 ML MICKEY TRUE CHAMPIONS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497605767 </t>
   </si>
   <si>
-    <t>EASY HOLD MICRO MUG 400 ML MINNIE SUNSHINE</t>
+    <t>TAZA MICRO EASY HOLD 400 ML MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497605774 </t>
   </si>
   <si>
     <t>EASY HOLD MICRO MUG 400 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497605828 </t>
   </si>
   <si>
     <t>EASY HOLD MICRO MUG 400 ML SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497605835 </t>
   </si>
   <si>
-    <t>TAZA MICRO EASY HOLD 400 ML STITCH DRAWING</t>
+    <t>EASY HOLD MICRO MUG 400 ML STITCH DRAWING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497606252 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO NEVADA SIPPER 545 ML BLUEY</t>
+    <t>NEVADA ALUMINIUM SIPPER BOTTLE 545 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497606702 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO ALTA 530 ML BLUEY</t>
+    <t>HIGH ALUMINIUM BOTTLE 530 ML BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497742141 </t>
   </si>
   <si>
-    <t>BOTELLA SQUARE 510 ML FROZEN TRUST THE JOURNEY</t>
+    <t>SQUARE WATER BOTTLE 510 ML FROZEN TRUST THE JOURNEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497742233 </t>
   </si>
   <si>
-    <t>LARGE ECOZEN HYDRO BOTTLE 540 ML FROZEN TRUST THE JOURNEY</t>
+    <t>BOTELLA ECOZEN HIDRO GRANDE 540 ML FROZEN TRUST THE JOURNEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497742424 </t>
   </si>
   <si>
-    <t>ACTIVE CANTEEN 510 ML FROZEN TRUST THE JOURNEY</t>
+    <t>BOTELLA ACTIVE 510 ML FROZEN TRUST THE JOURNEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497742554 </t>
   </si>
   <si>
-    <t>EASY HOLD SPORT BOTTLE 380 ML FROZEN ICE MAGIC</t>
+    <t>BOTELLA SPORT EASY HOLD 380 ML FROZEN ICE MAGIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497742677 </t>
   </si>
   <si>
     <t>DROP SAFE PP MUG 410 ML FROZEN VIOLET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497742745 </t>
   </si>
   <si>
-    <t>SANDWICHERA RECTANGULAR FROZEN ICE MAGIC</t>
+    <t>FUNNY SANDWICH BOX FROZEN ICE MAGIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497742790 </t>
   </si>
   <si>
-    <t>VASO ANTIVUELCO PP 470 ML FROZEN VIOLET</t>
+    <t>DROP SAFE PP TUMBLER 470 ML FROZEN VIOLET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497742875 </t>
   </si>
   <si>
-    <t>DROP SAFE SILICONE STRAW PP TUMBLER 370 ML FROZEN VIOLET</t>
+    <t>VASO PP ANTIVUELCO CON PAJITA DE SILICONA 370 ML FROZEN VIOLET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497743674 </t>
   </si>
   <si>
-    <t>DROP SAFE PP MUG 410 ML MICKEY MOUSE COOL STUFF</t>
+    <t>TAZA ANTIVUELCO PP 410 ML MICKEY MOUSE COOL STUFF</t>
   </si>
   <si>
     <t xml:space="preserve">8412497743742 </t>
   </si>
   <si>
     <t>FUNNY SANDWICH BOX MICKEY MOUSE BETTER TOGETHER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497743797 </t>
   </si>
   <si>
-    <t>VASO ANTIVUELCO PP 470 ML MICKEY MOUSE COOL STUFF</t>
+    <t>DROP SAFE PP TUMBLER 470 ML MICKEY MOUSE COOL STUFF</t>
   </si>
   <si>
     <t xml:space="preserve">8412497743872 </t>
   </si>
   <si>
-    <t>VASO PP ANTIVUELCO CON PAJITA DE SILICONA 370 ML MICKEY MOUSE COOL STUFF</t>
+    <t>DROP SAFE SILICONE STRAW PP TUMBLER 370 ML MICKEY MOUSE COOL STUFF</t>
   </si>
   <si>
     <t xml:space="preserve">8412497744046 </t>
   </si>
   <si>
-    <t>MICRO MUG 390 ML MINNIE MOUSE SPRING LOOK</t>
+    <t>TAZA MICRO 390 ML MINNIE MOUSE SPRING LOOK</t>
   </si>
   <si>
     <t xml:space="preserve">8412497744077 </t>
   </si>
   <si>
-    <t>EASY PP TUMBLER 260 ML MINNIE MOUSE SPRING LOOK</t>
+    <t>VASO EASY PEQUEÑO 260 ML MINNIE MOUSE SPRING LOOK</t>
   </si>
   <si>
     <t xml:space="preserve">8412497744152 </t>
   </si>
   <si>
     <t>5 PCS EASY SET (PLATE, BOWL, 260 ML TUMBLER AND CUTLERY) IN BOX MINNIE MOUSE SPRING LOOK</t>
   </si>
   <si>
     <t xml:space="preserve">8412497744381 </t>
   </si>
   <si>
     <t>URBAN SANDWICH BOX MINNIE MOUSE SPRING LOOK</t>
   </si>
   <si>
     <t xml:space="preserve">8412497744428 </t>
   </si>
   <si>
-    <t>BOTELLA ACTIVE 510 ML MINNIE MOUSE BEING MORE MINNIE</t>
+    <t>ACTIVE CANTEEN 510 ML MINNIE MOUSE BEING MORE MINNIE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497744671 </t>
   </si>
   <si>
-    <t>TAZA ANTIVUELCO PP 410 ML MINNIE MOUSE FLOWER POWER</t>
+    <t>DROP SAFE PP MUG 410 ML FLOWER POWER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497744749 </t>
   </si>
   <si>
-    <t>FUNNY SANDWICH BOX MINNIE MOUSE SPRING LOOK</t>
+    <t>SANDWICHERA RECTANGULAR MINNIE MOUSE SPRING LOOK</t>
   </si>
   <si>
     <t xml:space="preserve">8412497744794 </t>
   </si>
   <si>
-    <t>DROP SAFE PP TUMBLER 470 ML MINNIE MOUSE FLOWER POWER</t>
+    <t>VASO ANTIVUELCO PP 470 ML MINNIE MOUSE FLOWER POWER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497744855 </t>
   </si>
   <si>
     <t>NON SLIP 5 PCS BICOLOR PREMIUM SET IN STANDARD BOX MINNIE MOUSE BEING MORE MINNIE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497744879 </t>
   </si>
   <si>
     <t>DROP SAFE SILICONE STRAW PP TUMBLER 370 ML  MINNIE MOUSE FLOWER POWER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497744978 </t>
   </si>
   <si>
-    <t>BOTELLA ECOZEN PREMIUM MEDIANA 620 ML MINNIE MOUSE BEING MORE MINNIE</t>
+    <t>MEDIUM ECOZEN PREMIUM BOTTLE 620 ML MINNIE MOUSE BEING MORE MINNIE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497745043 </t>
   </si>
   <si>
-    <t>TAZA MICRO 390 ML PAW PATROL GIRL SKETCH ESSENCE</t>
+    <t>MICRO MUG 390 ML PAW PATROL GIRL SKETCH ESSENCE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497745074 </t>
   </si>
   <si>
-    <t>EASY PP TUMBLER 260 ML PAW PATROL GIRL SKETCH ESSENCE</t>
+    <t>VASO EASY PEQUEÑO 260 ML PAW PATROL GIRL SKETCH ESSENCE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497745326 </t>
   </si>
   <si>
-    <t>SPORT BOTTLE 400 ML PAW PATROL GIRL SKETCH ESSENCE</t>
+    <t>BOTELLA SPORT 400 ML PAW PATROL GIRL SKETCH ESSENCE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497745746 </t>
   </si>
   <si>
-    <t>FUNNY SANDWICH BOX PAW PATROL GIRL SKETCH ESSENCE</t>
+    <t>SANDWICHERA RECTANGULAR PAW PATROL GIRL SKETCH ESSENCE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497746040 </t>
   </si>
   <si>
     <t>MICRO MUG 390 ML PAW PATROL PUP POWER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497746064 </t>
   </si>
   <si>
     <t>LARGE EASY PP TUMBLER 430 ML PAW PATROL PUP POWER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497746071 </t>
   </si>
   <si>
-    <t>VASO EASY PEQUEÑO 260 ML PAW PATROL PUP POWER</t>
+    <t>EASY PP TUMBLER 260 ML PAW PATROL PUP POWER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497746187 </t>
   </si>
   <si>
-    <t>SET DE 2 CUBIERTOS METALICOS PAW PATROL PUP POWER</t>
+    <t>2 PCS ELLIPTICAL METALLIC CUTLERY SET PAW PATROL PUP POWER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497746361 </t>
   </si>
   <si>
-    <t>BOTELLA ECOZEN HIDRO PEQUEÑA 430 ML PAW PATROL PUP POWER</t>
+    <t>SMALL ECOZEN HYDRO BOTTLE 430 ML PAW PATROL PUP POWER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497746385 </t>
   </si>
   <si>
-    <t>URBAN SANDWICH BOX PAW PATROL PUP POWER</t>
+    <t>SANDWICHERA URBAN PAW PATROL PUP POWER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497746675 </t>
   </si>
   <si>
-    <t>DROP SAFE PP MUG 410 ML PAW PATROL BOY HI THERE</t>
+    <t>TAZA ANTIVUELCO PP 410 ML PAW PATROL BOY HI THERE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497746422 </t>
   </si>
   <si>
     <t>ACTIVE CANTEEN 510 ML PAW PATROL PUP POWER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497746743 </t>
   </si>
   <si>
     <t>FUNNY SANDWICH BOX PAW PATROL PUP POWER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497746507 </t>
   </si>
   <si>
-    <t>SET MICRO 5 PCS (PLATO, CUENCO, VASO 260 ML Y CUBIERTOS) PAW PATROL PUP POWER</t>
+    <t>5 PCS  MICRO SET PAW PATROL PUP POWER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497748938 </t>
   </si>
   <si>
-    <t>TAZA TERMO XL ACERO INOXIDABLE 940 ML SONIC</t>
+    <t>DW INSULATED STAINLESS STEEL XL RAMBLER MUG 940 ML SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497749096 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA MINIONS 2</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX MINIONS 2</t>
   </si>
   <si>
     <t xml:space="preserve">8412497749119 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX MINIONS PARADISE</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA MINIONS PARADISE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497749492 </t>
   </si>
   <si>
-    <t>AQUA BOTTLE 980 ML DRAGON BALL</t>
+    <t>BOTELLA AQUA 980 ML DRAGON BALL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497749683 </t>
   </si>
   <si>
-    <t>CERAMIC ELITE MUG 13 OZ IN GIFT BOX DRAGON BALL</t>
+    <t>TAZA CERAMICA ELITE 380 ML EN CAJA REGALO DRAGON BALL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497749881 </t>
   </si>
   <si>
     <t>CERAMIC ELITE MUG 13 OZ IN GIFT BOX GROGU MANDALORIAN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750047 </t>
   </si>
   <si>
     <t>MICRO MUG 390 ML STITCH PALMS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750061 </t>
   </si>
   <si>
-    <t>VASO EASY GRANDE 430 ML STITCH PALMS</t>
+    <t>LARGE EASY PP TUMBLER 430 ML STITCH PALMS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750078 </t>
   </si>
   <si>
-    <t>VASO EASY PEQUEÑO 260 ML STITCH PALMS</t>
+    <t>EASY PP TUMBLER 260 ML STITCH PALMS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750092 </t>
   </si>
   <si>
-    <t>SANDWICHERA RECTANGULAR CON CUBIERTOS STITCH DRAWING</t>
+    <t>FUNNY SANDWICH BOX WITH CUTLERY STITCH DRAWING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750108 </t>
   </si>
   <si>
-    <t>SCHOOL BOTTLE 370 ML STITCH</t>
+    <t>BOTELLA SCHOOL 370 ML STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750115 </t>
   </si>
   <si>
-    <t>EASY PP BOWL STITCH PALMS</t>
+    <t>CUENCO EASY PP STITCH PALMS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750122 </t>
   </si>
   <si>
-    <t>EASY PP PLATE STITCH PALMS</t>
+    <t>PLATO EASY PP STITCH PALMS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750146 </t>
   </si>
   <si>
     <t>SQUARE WATER BOTTLE 510 ML STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750177 </t>
   </si>
   <si>
     <t>2 PCS PP CUTLERY (SPOON AND FORK) SET IN POLYBAG STITCH PALMS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750191 </t>
   </si>
   <si>
-    <t>MANTEL INDIVIDUAL STITCH PALMS</t>
+    <t>EASY OFFSET PLACEMAT STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750207 </t>
   </si>
   <si>
-    <t>SANDWICHERA MULTIPLE STITCH PALMS</t>
+    <t>MULTI COMPARTMENT SANDWICH BOX STITCH PALMS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750221 </t>
   </si>
   <si>
-    <t>ROBOT PARED SENCILLA 465 ML STITCH DRAWING</t>
+    <t>SINGLE WALL CANTEEN 465 ML STITCH DRAWING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750252 </t>
   </si>
   <si>
-    <t>NEVADA ALUMINIUM SIPPER BOTTLE 545 ML STITCH DRAWING</t>
+    <t>BOTELLA ALUMINIO NEVADA SIPPER 545 ML STITCH DRAWING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750566 </t>
   </si>
   <si>
-    <t>PP COOL MUG 530 ML STITCH DRAWING</t>
+    <t>TAZA RAMBLER PP 530 ML STITCH DRAWING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750580 </t>
   </si>
   <si>
-    <t>ALUMINIUM POP UP BOTTLE WITH STRAP 730 ML STITCH DRAWING</t>
+    <t>BOTELLA POP UP DE ALUMINIO CON CORREA 730 ML STITCH DRAWING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750603 </t>
   </si>
   <si>
-    <t>HIGH ALUMINIUM BOTTLE 530 ML STITCH</t>
+    <t>BOTELLA ALUMINIO ALTA 530 ML STITCH PALMS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750672 </t>
   </si>
   <si>
     <t>DROP SAFE PP MUG 410 ML STITCH ALOHA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750689 </t>
   </si>
   <si>
-    <t>SET DE 2 CUBIERTOS METALICOS (CUCHARA Y TENEDOR) STITCH DRAWING</t>
+    <t>2 PCS ELLIPTICAL METALLIC CUTLERY (SPOON AND FORK) SET STITCH DRAWING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750696 </t>
   </si>
   <si>
-    <t>ROBOT POP UP 450 ML STITCH PALMS</t>
+    <t>POP UP CANTEEN 450 ML STITCH PALMS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750726 </t>
   </si>
   <si>
-    <t>BOTELLA PP GRANDE DISCOVERY 640 ML STITCH</t>
+    <t>DISCOVERY LARGE PP BOTTLE 640 ML STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750733 </t>
   </si>
   <si>
-    <t>2 PCS BTS SET (SPORT BOTTLE AND SANDWICH BOX) IN GIFT BOX  STITCH PALMS</t>
+    <t>SET VUELTA AL COLE (SANDWICHERA RECTANGULAR Y BOTELLA SPORT EASY HOLD 380 ML) EN CAJA  REGALO STITCH PALMS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750740 </t>
   </si>
   <si>
-    <t>FUNNY SANDWICH BOX STITCH PALMS</t>
+    <t>SANDWICHERA RECTANGULAR STITCH PALMS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750795 </t>
   </si>
   <si>
-    <t>DROP SAFE PP TUMBLER 470 ML STITCH ALOHA</t>
+    <t>VASO ANTIVUELCO PP 470 ML STITCH ALOHA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750832 </t>
   </si>
   <si>
     <t>LARGE ECOZEN ADVENTURE BOTTLE 650 ML STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750856 </t>
   </si>
   <si>
-    <t>SET 5 PCS ANTIDESLIZANTE (PLATO, CUENCO, VASO Y CUBIERTOS) PREMIUM BICOLOR EN CAJA STITCH</t>
+    <t>NON SLIP 5 PCS BICOLOR PREMIUM SET (PLATE, BOWL, TUMBLER, CUTLERY) (PLATE, BOWL, TUMBLER, CUTLERY) IN STANDARD BOX STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750870 </t>
   </si>
   <si>
-    <t>VASO PP ANTIVUELCO CON PAJITA DE SILICONA 370 ML STITCH ALOHA</t>
+    <t>DROP SAFE SILICONE STRAW PP TUMBLER 370 ML STITCH ALOHA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750900 </t>
   </si>
   <si>
-    <t>BENTOPRO SANDWICH BOX STITCH</t>
+    <t>SANDWICHERA BENTOPRO STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750917 </t>
   </si>
   <si>
-    <t>NON SLIP BICOLOR PREMIUM BOWL STITCH</t>
+    <t>CUENCO ANTIDESLIZANTE PREMIUM BICOLOR STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750924 </t>
   </si>
   <si>
-    <t>NON SLIP BICOLOR PREMIUM PLATE STITCH</t>
+    <t>PLATO ANTIDESLIZANTE PREMIUM BICOLOR STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750948 </t>
   </si>
   <si>
     <t>ALUMINIUM SB BOTTLE 400 ML STITCH TROUBLEMAKER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750955 </t>
   </si>
   <si>
     <t>NON SLIP BICOLOR PREMIUM TUMBLER 260 ML STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750979 </t>
   </si>
   <si>
-    <t>BOTELLA ECOZEN PREMIUM MEDIANA 620 ML STITCH PALMS</t>
+    <t>MEDIUM ECOZEN PREMIUM BOTTLE 620 ML STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497755783 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA 325 ML EN CAJA REGALO MICKEY MOUSE VINTAGE YA</t>
+    <t>CERAMIC MUG 11 OZ IN GIFT BOX MICKEY MOUSE VINTAGE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750993 </t>
   </si>
   <si>
-    <t>SANDWICHERA MULTIPLE XL STITCH PALMS</t>
+    <t>XL MULTI COMPARTMENT RECTANGULAR SANDWICH BOX STITCH PALMS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497755851 </t>
   </si>
   <si>
-    <t>BOTELLA TERMO ACERO INOXIDABLE 515 ML MICKEY MOUSE VINTAGE</t>
+    <t>INSULATED STAINLESS STEEL BOTTLE 515 ML MICKEY MOUSE VINTAGE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497755899 </t>
   </si>
   <si>
-    <t>AQUA BOTTLE 980 ML MICKEY MOUSE VINTAGE</t>
+    <t>BOTELLA AQUA 980 ML MICKEY MOUSE VINTAGE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497756186 </t>
   </si>
   <si>
-    <t>CERAMIC ELITE MUG 13 OZ IN GIFT BOX MINECRAFT SQUARED PATTERN</t>
+    <t>TAZA CERAMICA ELITE 380 ML EN CAJA REGALO MINECRAFT SQUARED PATTERN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497756438 </t>
   </si>
   <si>
-    <t>DW INSULATED STAINLESS STEEL XL RAMBLER MUG 940 ML MINECRAFT SQUARED PATTERN</t>
+    <t>TAZA TERMO XL ACERO INOXIDABLE 940 ML MINECRAFT SQUARED PATTERN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497757053 </t>
   </si>
   <si>
     <t>INSULATED FRIENDLY DRAWSTRING BAG MINNIE MOUSE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497757091 </t>
   </si>
   <si>
     <t>ALUMINIUM TREND BOTTLE 755 ML MMINNIE MOUSE GARDENING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497757152 </t>
   </si>
   <si>
-    <t>SET 2 VASOS CASUAL DE CRISTAL 490 ML MINNIE MOUSE GARDENING</t>
+    <t>2 PCS GLASS CASUAL TUMBLER 490 ML MINNIE MOUSE GARDENING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497757183 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA ELITE 380 ML EN CAJA REGALO MINNIE MOUSE GARDENING</t>
+    <t>CERAMIC ELITE MUG 13 OZ IN GIFT BOX MINNIE MOUSE GARDENING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497757251 </t>
   </si>
   <si>
-    <t>BOTELLA TERMO ACERO INOXIDABLE 515 ML MINNIE MOUSE GARDENING</t>
+    <t>INSULATED STAINLESS STEEL BOTTLE 515 ML MINNIE MOUSE GARDENING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497757268 </t>
   </si>
   <si>
-    <t>STAINLESS STEEL BOTTLE 780 ML MINNIE MOUSE GARDENING</t>
+    <t>BOTELLA ACERO INOXIDABLE 780 ML MINNIE MOUSE GARDENING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497757312 </t>
   </si>
   <si>
-    <t>HYDRO BOTTLE 850 ML MINNIE MOUSE GARDENING</t>
+    <t>BOTELLA HIDRO 850 ML MINNIE MOUSE GARDENING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497757343 </t>
   </si>
   <si>
-    <t>CERAMIC BREAKFAST MUG 14 OZ IN GIFT BOX MINNIE MOUSE GARDENING</t>
+    <t>TAZA CERAMICA DESAYUNO 400 ML EN CAJA REGALO MINNIE MOUSE GARDENING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497757367 </t>
   </si>
   <si>
     <t>CERAMIC GLOBE MUG 13 OZ IN GIFT BOX MINNIE MOUSE GARDENING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497757893 </t>
   </si>
   <si>
     <t>AQUA BOTTLE 980 ML POKEMON</t>
   </si>
   <si>
     <t xml:space="preserve">8412497757930 </t>
   </si>
   <si>
-    <t>TAZA TERMO XL ACERO INOXIDABLE 940 ML POKEMON THUNDERSTRUCK</t>
+    <t>DW INSULATED STAINLESS STEEL XL RAMBLER MUG 940 ML POKEMON THUNDERSTRUCK</t>
   </si>
   <si>
     <t xml:space="preserve">8412497757961 </t>
   </si>
   <si>
-    <t>VASO PS DOBLE PARED ANTIVUELCO 625 ML POKEMON CRAZY MESS</t>
+    <t>DROP SAFE DOUBLE WALL PS TUMBLER 705 ML POKEMON CRAZY MESS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497757985 </t>
   </si>
   <si>
-    <t>CERAMIC DROP SAFE MUG 10 OZ POKEMON CRAZY MESS</t>
+    <t>TAZA CERAMICA ANTIVUELCO 300 ML POKEMON CRAZY MESS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497758364 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX SQUISHMALLOWS</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA SQUISHMALLOWS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497758555 </t>
   </si>
   <si>
     <t>INSULATED FRIENDLY DRAWSTRING BAG STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497758593 </t>
   </si>
   <si>
     <t>ALUMINIUM TREND BOTTLE 755 ML STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497758654 </t>
   </si>
   <si>
-    <t>SET 2 VASOS CASUAL DE CRISTAL 490 ML STITCH</t>
+    <t>2 PCS GLASS CASUAL TUMBLER 490 ML STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497758685 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA ELITE 380 ML EN CAJA REGALO STITCH</t>
+    <t>CERAMIC ELITE MUG 13 OZ IN GIFT BOX STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497758869 </t>
   </si>
   <si>
-    <t>VASO PS DOBLE PARED ANTIVUELCO 625 ML STITCH OHANA</t>
+    <t>DROP SAFE DOUBLE WALL PS TUMBLER 705 ML STITCH OHANA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497758883 </t>
   </si>
   <si>
-    <t>CERAMIC DROP SAFE MUG 10 OZ STITCH OHANA</t>
+    <t>TAZA CERAMICA ANTIVUELCO 300 ML STITCH OHANA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497758890 </t>
   </si>
   <si>
     <t>AQUA BOTTLE 980 ML STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497758937 </t>
   </si>
   <si>
     <t>DW INSULATED STAINLESS STEEL XL RAMBLER MUG 940 ML STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497759156 </t>
   </si>
   <si>
-    <t>SET 2 VASOS CASUAL DE CRISTAL 490 ML SUPER MARIO</t>
+    <t>2 PCS GLASS CASUAL TUMBLER 490 ML SUPER MARIO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497759187 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA ELITE 380 ML EN CAJA REGALO SUPER MARIO</t>
+    <t>CERAMIC ELITE MUG 13 OZ IN GIFT BOX SUPER MARIO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497759378 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA SUPER MARIO BRAND NEW DNLS</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX SUPER MARIO BRAND NEW DNLS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497759439 </t>
   </si>
   <si>
-    <t>DW INSULATED STAINLESS STEEL XL RAMBLER MUG 940 ML SUPER MARIO</t>
+    <t>TAZA TERMO XL ACERO INOXIDABLE 940 ML SUPER MARIO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497759460 </t>
   </si>
   <si>
-    <t>DROP SAFE DOUBLE WALL PS TUMBLER 705 ML SUPER MARIO POWER</t>
+    <t>VASO PS DOBLE PARED ANTIVUELCO 625 ML SUPER MARIO POWER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497787593 </t>
   </si>
   <si>
     <t>CERAMIC 3D MUG 14 OZ IN GIFT BOX STITCH COCONUT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497759484 </t>
   </si>
   <si>
     <t>CERAMIC DROP SAFE MUG 10 OZ SUPER MARIO POWER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497759491 </t>
   </si>
   <si>
-    <t>BOTELLA AQUA 980 ML SUPER MARIO</t>
+    <t>AQUA BOTTLE 980 ML SUPER MARIO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497807208 </t>
   </si>
   <si>
-    <t>SANDWICHERA MULTIPLE PAW PATROL GIRL</t>
+    <t>MULTI COMPARTMENT SANDWICH BOX PAW PATROL GIRL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497808540 </t>
   </si>
   <si>
-    <t>ALUMINIUM SB BOTTLE 400 ML POKEMON COLOR</t>
+    <t>BOTELLA ALUMINIO SB PEQUEÑA 400 ML POKEMON COLOR</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810031 </t>
   </si>
   <si>
-    <t>DAILY PP BOTTLE 560 ML FROZEN SNOWY TALE</t>
+    <t>BOTELLA PP INFANTIL 560 ML FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810048 </t>
   </si>
   <si>
-    <t>MICRO MUG 390 ML FROZEN AUTUM LEAVES</t>
+    <t>TAZA MICRO 390 ML FROZEN AUTUM LEAVES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810062 </t>
   </si>
   <si>
     <t>LARGE EASY PP TUMBLER 430 ML FROZEN AUTUM LEAVES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810079 </t>
   </si>
   <si>
     <t>EASY PP TUMBLER 260 ML FROZEN AUTUM LEAVES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810093 </t>
   </si>
   <si>
-    <t>SANDWICHERA RECTANGULAR CON CUBIERTOS FROZEN SNOWY TALE</t>
+    <t>FUNNY SANDWICH BOX WITH CUTLERY FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810109 </t>
   </si>
   <si>
-    <t>BOTELLA SCHOOL 370 ML FROZEN SNOWY TALE</t>
+    <t>SCHOOL BOTTLE 370 ML FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810116 </t>
   </si>
   <si>
-    <t>CUENCO EASY PP FROZEN AUTUM LEAVES</t>
+    <t>PP EASY BOWL FROZEN AUTUM LEAVES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810123 </t>
   </si>
   <si>
-    <t>EASY PP PLATE FROZEN AUTUM LEAVES</t>
+    <t>PLATO EASY PP FROZEN AUTUM LEAVES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810147 </t>
   </si>
   <si>
-    <t>SQUARE WATER BOTTLE 510 ML FROZEN SNOWY TALE</t>
+    <t>BOTELLA SQUARE 510 ML FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810154 </t>
   </si>
   <si>
-    <t>5 PCS EASY SET (PLATE, BOWL, TUMBLER, CUTLERY) (PLATE, BOWL, TUMBLER, CUTLERY) FROZEN AUTUM LEAVES</t>
+    <t>SET EASY 5 PCS (PLATO, CUENCO, VASO Y CUBIERTOS) EN CAJA FROZEN AUTUM LEAVES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810178 </t>
   </si>
   <si>
     <t>2 PCS PP CUTLERY (SPOON AND FORK) SET IN POLYBAG FROZEN AUTUM LEAVES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810185 </t>
   </si>
   <si>
     <t>2 PCS ELLIPTICAL METALLIC CUTLERY (SPOON AND FORK) SET FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810192 </t>
   </si>
   <si>
-    <t>MANTEL INDIVIDUAL FROZEN AUTUM LEAVES</t>
+    <t>EASY OFFSET PLACEMAT FROZEN AUTUM LEAVES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810208 </t>
   </si>
   <si>
-    <t>SANDWICHERA MULTIPLE FROZEN SNOWY TALE</t>
+    <t>MULTI COMPARTMENT SANDWICH BOX FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810222 </t>
   </si>
   <si>
-    <t>ROBOT PARED SENCILLA 465 ML FROZEN AUTUM LEAVES</t>
+    <t>SINGLE WALL CANTEEN 465 ML FROZEN AUTUM LEAVES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810253 </t>
   </si>
   <si>
-    <t>NEVADA ALUMINIUM SIPPER BOTTLE 545 ML FROZEN SNOWY TALE</t>
+    <t>BOTELLA ALUMINIO NEVADA SIPPER 545 ML FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810260 </t>
   </si>
   <si>
-    <t>RECTANGULAR DIVIDED PLATE ST FROZEN AUTUM LEAVES</t>
+    <t>PLATO DIVIDIDO RECTANGULAR ST FROZEN AUTUM LEAVES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810277 </t>
   </si>
   <si>
-    <t>SPRAYER DRINK BOTTLE 575 ML FROZEN SNOWY TALE</t>
+    <t>BOTELLA SPRAY 575 ML FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810307 </t>
   </si>
   <si>
     <t>EASY SPORT TUMBLER 430 ML FROZEN AUTUM LEAVES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810314 </t>
   </si>
   <si>
     <t>PLAYGROUND SIPPER BOTTLE 410 ML FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810321 </t>
   </si>
   <si>
-    <t>BOTELLA SPORT 400 ML FROZEN AUTUM LEAVES</t>
+    <t>SPORT BOTTLE 400 ML FROZEN AUTUM LEAVES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810345 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO PEQUEÑA 400 ML FROZEN SNOWY TALE</t>
+    <t>ALUMINIUM BOTTLE 400 ML FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810352 </t>
   </si>
   <si>
-    <t>ROBOT ESPACIAL 280 ML FROZEN AUTUM LEAVES</t>
+    <t>SPACE CANTEEN 280 ML FROZEN AUTUM LEAVES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810369 </t>
   </si>
   <si>
-    <t>BOTELLA ECOZEN HIDRO PEQUEÑA 430 ML FROZEN SNOWY TALE</t>
+    <t>SMALL ECOZEN HYDRO BOTTLE 430 ML FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810376 </t>
   </si>
   <si>
-    <t>SUPREME MULTI COMPARTMENT SANDWICH BOX FROZEN SNOWY TALE</t>
+    <t>SANDWICHERA MULTIPLE SUPREMA FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810383 </t>
   </si>
   <si>
-    <t>URBAN SANDWICH BOX FROZEN AUTUM LEAVES</t>
+    <t>SANDWICHERA URBAN FROZEN AUTUM LEAVES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810406 </t>
   </si>
   <si>
-    <t>DAILY ALUMINIUM BOTTLE 600 ML FROZEN SNOWY TALE</t>
+    <t>BOTELLA ALUMINIO INFANTIL 600 ML FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810413 </t>
   </si>
   <si>
     <t>SMALL ECOZEN BOTTLE 475 ML FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810420 </t>
   </si>
   <si>
     <t>ACTIVE CANTEEN 510 ML FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810437 </t>
   </si>
   <si>
-    <t>SANDWICHERA ASKER FROZEN SNOWY TALE</t>
+    <t>ASKER LUNCH BOX FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810451 </t>
   </si>
   <si>
-    <t>BOLSA MERIENDA FROZEN AUTUMN LEAVES</t>
+    <t>DRAWSTRING LUNCH BAG FROZEN AUTUMN LEAVES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810468 </t>
   </si>
   <si>
-    <t>CUENCO MICRO FROZEN AUTUM LEAVES</t>
+    <t>MICRO BOWL FROZEN AUTUM LEAVES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810475 </t>
   </si>
   <si>
-    <t>MICRO PLATE FROZEN AUTUM LEAVES</t>
+    <t>PLATO MICRO FROZEN AUTUM LEAVES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810505 </t>
   </si>
   <si>
-    <t>5 PCS MCIRO SET (PLATE, BOWL, TUMBLER, CUTLERY) FROZEN AUTUM LEAVES</t>
+    <t>SET MICRO 5 PCS (PLATO, CUENCO, VASO Y CUBIERTOS) EN CAJA FROZEN AUTUM LEAVES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810512 </t>
   </si>
   <si>
-    <t>CHARACTER SIPPER BOTTLE 350 ML FROZEN SNOWY TALE</t>
+    <t>BOTELLA SIPPER 350 ML FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810529 </t>
   </si>
   <si>
     <t>3D FIGURINE ALUMINIUM BOTTLE 690 ML FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810536 </t>
   </si>
   <si>
     <t>RECTANGULAR INSULATED BAG FROZEN AUTUM LEAVES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810543 </t>
   </si>
   <si>
-    <t>BOTELLA FIGURITA 3D 560 ML FROZEN SNOWY TALE</t>
+    <t>3D ECOZEN FIGURINE BOTTLE 560 ML FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810550 </t>
   </si>
   <si>
-    <t>BOTELLA SPORT EASY HOLD 380 ML FROZEN AUTUM LEAVES</t>
+    <t>EASY HOLD SPORT BOTTLE 380 ML FROZEN AUTUM LEAVES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810567 </t>
   </si>
   <si>
-    <t>TAZA RAMBLER PP 530 ML FROZEN SNOWY TALE</t>
+    <t>PP COOL MUG 530 ML FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810581 </t>
   </si>
   <si>
-    <t>ALUMINIUM POP UP BOTTLE WITH STRAP 730 ML FROZEN SNOWY TALE</t>
+    <t>BOTELLA POP UP DE ALUMINIO CON CORREA 730 ML FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810604 </t>
   </si>
   <si>
-    <t>HIGH ALUMINIUM BOTTLE 530 ML FROZEN SNOWY TALE</t>
+    <t>BOTELLA ALUMINIO ALTA 530 ML FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810666 </t>
   </si>
   <si>
-    <t>3D FIGURINE TUMBLER 360 ML FROZEN SNOWY TALE</t>
+    <t>VASO FIGURITA 3D 360 ML FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810697 </t>
   </si>
   <si>
     <t>POP UP CANTEEN 450 ML FROZEN AUTUM LEAVES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810727 </t>
   </si>
   <si>
     <t>DISCOVERY LARGE PP BOTTLE 640 ML FROZEN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810734 </t>
   </si>
   <si>
-    <t>SET VUELTA AL COLE (SANDWICHERA RECTANGULAR Y BOTELLA SPORT EASY HOLD 380 ML) EN CAJA  REGALO FROZEN AUTUM LEAVES</t>
+    <t>2 PCS BTS SET (SPORT BOTTLE AND SANDWICH BOX) IN GIFT BOX  FROZEN AUTUM LEAVES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810741 </t>
   </si>
   <si>
-    <t>SANDWICHERA RECTANGULAR FROZEN AUTUM LEAVES</t>
+    <t>FUNNY SANDWICH BOX FROZEN AUTUM LEAVES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810833 </t>
   </si>
   <si>
-    <t>BOTELLA AVENTURA ECOZEN 650 ML FROZEN SNOWY TALE</t>
+    <t>LARGE ECOZEN ADVENTURE BOTTLE 650 ML FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810857 </t>
   </si>
   <si>
-    <t>NON SLIP 5 PCS BICOLOR PREMIUM SET (PLATE, BOWL, TUMBLER, CUTLERY) IN STANDARD BOX FROZEN SNOWY TALE</t>
+    <t>SET 5 PCS ANTIDESLIZANTE (PLATO, CUENCO, VASO Y CUBIERTOS) PREMIUM BICOLOR EN CAJA FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810895 </t>
   </si>
   <si>
-    <t>SNACK SANDWICH BOX FROZEN SNOWY TALE</t>
+    <t>SANDWICHERA SNACK FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810901 </t>
   </si>
   <si>
-    <t>BENTOPRO SANDWICH BOX FROZEN</t>
+    <t>SANDWICHERA BENTOPRO FROZEN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810918 </t>
   </si>
   <si>
-    <t>NON SLIP BICOLOR PREMIUM BOWL FROZEN SNOWY TALE</t>
+    <t>CUENCO ANTIDESLIZANTE PREMIUM BICOLOR FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810925 </t>
   </si>
   <si>
     <t>NON SLIP BICOLOR PREMIUM PLATE FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810949 </t>
   </si>
   <si>
     <t>ALUMINIUM SB BOTTLE 400 ML FROZEN FLOWING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810956 </t>
   </si>
   <si>
-    <t>VASO ANTIDESLIZANTE PREMIUM BICOLOR 260 ML FROZEN SNOWY TALE</t>
+    <t>NON SLIP BICOLOR PREMIUM TUMBLER 260 ML FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497810970 </t>
   </si>
   <si>
-    <t>BOTELLA ECOZEN PREMIUM MEDIANA 620 ML FROZEN</t>
+    <t>MEDIUM ECOZEN PREMIUM BOTTLE 620 ML FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497811342 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO PEQUEÑA 400 ML MICKEY TRUE CHAMPIONS</t>
+    <t>ALUMINIUM BOTTLE 400 ML MICKEY TRUE CHAMPIONS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497811359 </t>
   </si>
   <si>
-    <t>SPACE CANTEEN 280 ML MICKEY TRUE CHAMPIONS</t>
+    <t>ROBOT ESPACIAL 280 ML MICKEY HAS FUN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497811366 </t>
   </si>
   <si>
-    <t>SMALL ECOZEN HYDRO BOTTLE 430 ML MICKEY TRUE CHAMPIONS</t>
+    <t>BOTELLA ECOZEN HIDRO PEQUEÑA 430 ML MICKEY TRUE CHAMPIONS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497811373 </t>
   </si>
   <si>
-    <t>SUPREME MULTI COMPARTMENT SANDWICH BOX MICKEY TRUE CHAMPIONS</t>
+    <t>SANDWICHERA MULTIPLE SUPREMA MICKEY TRUE CHAMPIONS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497811380 </t>
   </si>
   <si>
     <t>URBAN SANDWICH BOX MICKEY HAS FUN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497811403 </t>
   </si>
   <si>
     <t>DAILY ALUMINIUM BOTTLE 600 ML MICKEY TRUE CHAMPIONS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497811410 </t>
   </si>
   <si>
-    <t>BOTELLA ECOZEN PEQUEÑA 475 ML MICKEY TRUE CHAMPIONS</t>
+    <t>SMALL ECOZEN BOTTLE 475 ML MICKEY TRUE CHAMPIONS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497811427 </t>
   </si>
   <si>
-    <t>BOTELLA ACTIVE 510 ML MICKEY TRUE CHAMPIONS</t>
+    <t>ACTIVE CANTEEN 510 ML MICKEY TRUE CHAMPIONS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497811434 </t>
   </si>
   <si>
-    <t>SANDWICHERA ASKER MICKEY TRUE CHAMPIONS</t>
+    <t>ASKER LUNCH BOX MICKEY TRUE CHAMPIONS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497811458 </t>
   </si>
   <si>
-    <t>DRAWSTRING LUNCH BAG MICKEY HAS FUN</t>
+    <t>BOLSA MERIENDA MICKEY HAS FUN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497811465 </t>
   </si>
   <si>
-    <t>MICRO BOWL MICKEY HAS FUN</t>
+    <t>CUENCO MICRO MICKEY HAS FUN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497811472 </t>
   </si>
   <si>
-    <t>MICRO PLATE MICKEY HAS FUN</t>
+    <t>PLATO MICRO MICKEY HAS FUN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497811496 </t>
   </si>
   <si>
     <t>ALUMINIUM SB BOTTLE 400 ML MICKEY HURRAY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497811502 </t>
   </si>
   <si>
     <t>5 PCS MCIRO SET (PLATE, BOWL, TUMBLER, CUTLERY) MICKEY HAS FUN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497811519 </t>
   </si>
   <si>
-    <t>BOTELLA SIPPER 350 ML MICKEY TRUE CHAMPIONS</t>
+    <t>CHARACTER SIPPER BOTTLE 350 ML MICKEY TRUE CHAMPIONS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497811526 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO CON FIGURITA 3D 690 ML MICKEY TRUE CHAMPIONS</t>
+    <t>3D FIGURINE ALUMINIUM BOTTLE 690 ML MICKEY TRUE CHAMPIONS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497811533 </t>
   </si>
   <si>
-    <t>BOLSA MERIENDA AISLANTE RECTANGULAR MICKEY HAS FUN</t>
+    <t>RECTANGULAR INSULATED BAG MICKEY HAS FUN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497811540 </t>
   </si>
   <si>
-    <t>BOTELLA FIGURITA 3D 560 ML MICKEY TRUE CHAMPIONS</t>
+    <t>3D ECOZEN FIGURINE BOTTLE 560 ML MICKEY TRUE CHAMPIONS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497811557 </t>
   </si>
   <si>
-    <t>EASY HOLD SPORT BOTTLE 380 ML MICKEY HAS FUN</t>
+    <t>BOTELLA SPORT EASY HOLD 380 ML MICKEY HAS FUN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497811564 </t>
   </si>
   <si>
-    <t>PP COOL MUG 530 ML MICKEY TRUE CHAMPIONS</t>
+    <t>TAZA RAMBLER PP 530 ML MICKEY TRUE CHAMPIONS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812073 </t>
   </si>
   <si>
-    <t>EASY PP TUMBLER 260 ML MINNIE BOLD FLORALS</t>
+    <t>VASO EASY PEQUEÑO 260 ML MINNIE BOLD FLORALS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812097 </t>
   </si>
   <si>
     <t>FUNNY SANDWICH BOX WITH CUTLERY MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812103 </t>
   </si>
   <si>
     <t>SCHOOL BOTTLE 370 ML MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812110 </t>
   </si>
   <si>
-    <t>CUENCO EASY PP MINNIE BOLD FLORALS</t>
+    <t>PP EASY BOWL MINNIE BOLD FLORALS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812127 </t>
   </si>
   <si>
-    <t>PLATO EASY PP MINNIE BOLD FLORALS</t>
+    <t>EASY PP PLATE MINNIE BOLD FLORALS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812141 </t>
   </si>
   <si>
-    <t>BOTELLA SQUARE 510 ML MINNIE SUNSHINE</t>
+    <t>SQUARE WATER BOTTLE 510 ML MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812158 </t>
   </si>
   <si>
-    <t>5 PCS EASY SET (PLATE, BOWL, TUMBLER, CUTLERY) (PLATE, BOWL, TUMBLER, CUTLERY) MINNIE BOLD FLORALS</t>
+    <t>SET EASY 5 PCS (PLATO, CUENCO, VASO Y CUBIERTOS) EN CAJA  MINNIE BOLD FLORALS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812172 </t>
   </si>
   <si>
-    <t>2 PCS PP CUTLERY (SPOON AND FORK) SET IN POLYBAG MINNIE BOLD FLORALS</t>
+    <t>SET DE 2 CUBIERTOS PP (CUCHARA Y TENEDOR) MINNIE BOLD FLORALS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812189 </t>
   </si>
   <si>
-    <t>2 PCS ELLIPTICAL METALLIC CUTLERY (SPOON AND FORK) SET MINNIE SUNSHINE</t>
+    <t>SET DE 2 CUBIERTOS METALICOS (CUCHARA Y TENEDOR) MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812196 </t>
   </si>
   <si>
     <t>EASY OFFSET PLACEMAT MINNIE BOLD FLORALS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812202 </t>
   </si>
   <si>
     <t>MULTI COMPARTMENT SANDWICH BOX MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812226 </t>
   </si>
   <si>
-    <t>ROBOT PARED SENCILLA 465 ML MINNIE BOLD FLORALS</t>
+    <t>SINGLE WALL CANTEEN 465 ML MINNIE BOLD FLORALS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812257 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO NEVADA SIPPER 545 ML MINNIE SUNSHINE</t>
+    <t>NEVADA ALUMINIUM SIPPER BOTTLE 545 ML MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812264 </t>
   </si>
   <si>
-    <t>PLATO DIVIDIDO RECTANGULAR ST MINNIE BOLD FLORALS</t>
+    <t>RECTANGULAR DIVIDED PLATE ST MINNIE BOLD FLORALS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812271 </t>
   </si>
   <si>
-    <t>SPRAYER DRINK BOTTLE 575 ML MINNIE SUNSHINE</t>
+    <t>BOTELLA SPRAY 575 ML MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812301 </t>
   </si>
   <si>
-    <t>EASY SPORT TUMBLER 430 ML MINNIE BOLD FLORALS</t>
+    <t>VASO CAÑA EASY 430 ML MINNIE BOLD FLORALS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812318 </t>
   </si>
   <si>
-    <t>PLAYGROUND SIPPER BOTTLE 410 ML MINNIE SUNSHINE</t>
+    <t>BOTELLA PP PLAYGROUND 410 ML MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812325 </t>
   </si>
   <si>
     <t>SPORT BOTTLE 400 ML MINNIE BOLD FLORALS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812349 </t>
   </si>
   <si>
     <t>ALUMINIUM BOTTLE 400 ML MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812356 </t>
   </si>
   <si>
-    <t>ROBOT ESPACIAL 280 ML MINNIE BOLD FLORALS</t>
+    <t>SPACE CANTEEN 280 ML MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812363 </t>
   </si>
   <si>
-    <t>BOTELLA ECOZEN HIDRO PEQUEÑA 430 ML MINNIE SUNSHINE</t>
+    <t>SMALL ECOZEN HYDRO BOTTLE 430 ML  MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812370 </t>
   </si>
   <si>
-    <t>SANDWICHERA MULTIPLE SUPREMA MINNIE SUNSHINE</t>
+    <t>SUPREME MULTI COMPARTMENT SANDWICH BOX MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812387 </t>
   </si>
   <si>
-    <t>SANDWICHERA URBAN MINNIE BOLD FLORALS</t>
+    <t>URBAN SANDWICH BOX MINNIE BOLD FLORALS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812400 </t>
   </si>
   <si>
-    <t>DAILY ALUMINIUM BOTTLE 600 ML MINNIE SUNSHINE</t>
+    <t>BOTELLA ALUMINIO INFANTIL 600 ML MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812417 </t>
   </si>
   <si>
-    <t>SMALL ECOZEN BOTTLE 475 ML MINNIE SUNSHINE</t>
+    <t>BOTELLA ECOZEN PEQUEÑA 475 ML MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812424 </t>
   </si>
   <si>
-    <t>ACTIVE CANTEEN 510 ML MINNIE SUNSHINE</t>
+    <t>BOTELLA ACTIVE 510 ML MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812431 </t>
   </si>
   <si>
     <t>ASKER LUNCH BOX MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812455 </t>
   </si>
   <si>
     <t>DRAWSTRING LUNCH BAG MINNIE BOLD FLORALS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812462 </t>
   </si>
   <si>
-    <t>CUENCO MICRO MINNIE BOLD FLORALS</t>
+    <t>MICRO BOWL MINNIE BOLD FLORALS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812479 </t>
   </si>
   <si>
-    <t>PLATO MICRO MINNIE BOLD FLORALS</t>
+    <t>MICRO PLATE MINNIE BOLD FLORALS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812493 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO SB PEQUEÑA 400 ML MINNIE DOTTY CUTE</t>
+    <t>ALUMINIUM SB BOTTLE 400 ML MINNIE DOTTY CUTE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812509 </t>
   </si>
   <si>
-    <t>5 PCS MCIRO SET (PLATE, BOWL, TUMBLER, CUTLERY) MINNIE BOLD FLORALS</t>
+    <t>SET MICRO 5 PCS (PLATO, CUENCO, VASO Y CUBIERTOS) EN CAJA MINNIE BOLD FLORALS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812516 </t>
   </si>
   <si>
-    <t>CHARACTER SIPPER BOTTLE 350 ML MINNIE SUNSHINE</t>
+    <t>BOTELLA SIPPER 350 ML MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812523 </t>
   </si>
   <si>
-    <t>3D FIGURINE ALUMINIUM BOTTLE 690 ML MINNIE SUNSHINE</t>
+    <t>BOTELLA ALUMINIO CON FIGURITA 3D 690 ML MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812530 </t>
   </si>
   <si>
     <t>RECTANGULAR INSULATED BAG MINNIE BOLD FLORALS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812547 </t>
   </si>
   <si>
     <t>3D ECOZEN FIGURINE BOTTLE 560 ML MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812554 </t>
   </si>
   <si>
-    <t>BOTELLA SPORT EASY HOLD 380 ML MINNIE BOLD FLORALS</t>
+    <t>EASY HOLD SPORT BOTTLE 380 ML MINNIE BOLD FLORALS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812561 </t>
   </si>
   <si>
-    <t>TAZA RAMBLER PP 530 ML MINNIE SUNSHINE</t>
+    <t>PP COOL MUG 530 ML MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812585 </t>
   </si>
   <si>
-    <t>BOTELLA POP UP DE ALUMINIO CON CORREA 730 ML MINNIE SUNSHINE</t>
+    <t>ALUMINIUM POP UP BOTTLE WITH STRAP 730 ML MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812608 </t>
   </si>
   <si>
-    <t>HIGH ALUMINIUM BOTTLE 530 ML MINNIE SUNSHINE</t>
+    <t>BOTELLA ALUMINIO ALTA 530 ML MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812660 </t>
   </si>
   <si>
-    <t>3D FIGURINE TUMBLER 360 ML MINNIE SUNSHINE</t>
+    <t>VASO FIGURITA 3D 360 ML MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812691 </t>
   </si>
   <si>
-    <t>POP UP CANTEEN 450 ML MINNIE BOLD FLORALS</t>
+    <t>ROBOT POP UP 450 ML MINNIE BOLD FLORALS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812738 </t>
   </si>
   <si>
     <t>2 PCS BTS SET (SPORT BOTTLE AND SANDWICH BOX) IN GIFT BOX  MINNIE BOLD FLORALS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812745 </t>
   </si>
   <si>
     <t>FUNNY SANDWICH BOX MINNIE BOLD FLORALS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812752 </t>
   </si>
   <si>
-    <t>SET 4 PCS VAJILLA PP FORMA (PLATO, CUENTCO Y CUBIERTOS) EN CAJA MINNIE MOUSE SUNSHINE</t>
+    <t>4 PCS CHARACTER KIDS SHAPED PP SET (BOWL, PLATE AND CUTLERY) IN GIFT BOX MINNIE MOUSE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812837 </t>
   </si>
   <si>
-    <t>BOTELLA AVENTURA ECOZEN 650 ML MINNIE SUNSHINE</t>
+    <t>LARGE ECOZEN ADVENTURE BOTTLE 650 ML MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812851 </t>
   </si>
   <si>
-    <t>SET 5 PCS ANTIDESLIZANTE (PLATO, CUENCO, VASO Y CUBIERTOS) PREMIUM BICOLOR EN CAJA MINNIE SUNSHINE</t>
+    <t>NON SLIP 5 PCS BICOLOR PREMIUM SET (PLATE, BOWL, TUMBLER, CUTLERY) IN STANDARD BOX MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812899 </t>
   </si>
   <si>
-    <t>SNACK SANDWICH BOX MINNIE SUNSHINE</t>
+    <t>SANDWICHERA SNACK MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812905 </t>
   </si>
   <si>
-    <t>BENTOPRO SANDWICH BOX MINNIE</t>
+    <t>SANDWICHERA BENTOPRO MINNIE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812912 </t>
   </si>
   <si>
-    <t>NON SLIP BICOLOR PREMIUM BOWL MINNIE SUNSHINE</t>
+    <t>CUENCO ANTIDESLIZANTE PREMIUM BICOLOR MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812929 </t>
   </si>
   <si>
-    <t>NON SLIP BICOLOR PREMIUM PLATE MINNIE SUNSHINE</t>
+    <t>PLATO ANTIDESLIZANTE PREMIUM BICOLOR MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812950 </t>
   </si>
   <si>
     <t>NON SLIP BICOLOR PREMIUM TUMBLER 260 ML MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812974 </t>
   </si>
   <si>
     <t>MEDIUM ECOZEN PREMIUM BOTTLE 620 ML MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812981 </t>
   </si>
   <si>
-    <t>BOTELLA PP GRANDE DISCOVERY 640 ML MINNIE</t>
+    <t>DISCOVERY LARGE PP BOTTLE 640 ML MINNIE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497812998 </t>
   </si>
   <si>
-    <t>SANDWICHERA MULTIPLE XL MINNIE SUNSHINE</t>
+    <t>XL MULTI COMPARTMENT RECTANGULAR SANDWICH BOX MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816033 </t>
   </si>
   <si>
-    <t>BOTELLA PP INFANTIL 560 ML PAW PATROL BOY RESCUE PUPS</t>
+    <t>DAILY PP BOTTLE 560 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816040 </t>
   </si>
   <si>
-    <t>MICRO MUG 390 ML PAW PATROL BOY RESCUE PUPS</t>
+    <t>TAZA MICRO 390 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816064 </t>
   </si>
   <si>
-    <t>LARGE EASY PP TUMBLER 430 ML PAW PATROL BOY RESCUE PUPS</t>
+    <t>VASO EASY GRANDE 430 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816071 </t>
   </si>
   <si>
-    <t>EASY PP TUMBLER 260 ML PAW PATROL BOY RESCUE PUPS</t>
+    <t>VASO EASY PEQUEÑO 260 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816095 </t>
   </si>
   <si>
     <t>FUNNY SANDWICH BOX WITH CUTLERY PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816101 </t>
   </si>
   <si>
     <t>SCHOOL BOTTLE 370 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816118 </t>
   </si>
   <si>
-    <t>CUENCO EASY PP PAW PATROL BOY RESCUE PUPS</t>
+    <t>PP EASY BOWL PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816125 </t>
   </si>
   <si>
-    <t>PLATO EASY PP PAW PATROL BOY RESCUE PUPS</t>
+    <t>EASY PP PLATE PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816149 </t>
   </si>
   <si>
-    <t>BOTELLA SQUARE 510 ML PAW PATROL BOY RESCUE PUPS</t>
+    <t>SQUARE WATER BOTTLE 510 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816156 </t>
   </si>
   <si>
-    <t>5 PCS EASY SET (PLATE, BOWL, TUMBLER, CUTLERY) (PLATE, BOWL, TUMBLER, CUTLERY) PAW PATROL BOY RESCUE PUPS</t>
+    <t>SET EASY 5 PCS (PLATO, CUENCO, VASO Y CUBIERTOS) EN CAJA  PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816170 </t>
   </si>
   <si>
-    <t>2 PCS PP CUTLERY (SPOON AND FORK) SET IN POLYBAG PAW PATROL BOY RESCUE PUPS</t>
+    <t>SET DE 2 CUBIERTOS PP (CUCHARA Y TENEDOR) PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816187 </t>
   </si>
   <si>
-    <t>2 PCS ELLIPTICAL METALLIC CUTLERY (SPOON AND FORK) SET PAW PATROL BOY RESCUE PUPS</t>
+    <t>SET DE 2 CUBIERTOS METALICOS (CUCHARA Y TENEDOR) PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816194 </t>
   </si>
   <si>
     <t>EASY OFFSET PLACEMAT PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816200 </t>
   </si>
   <si>
     <t>MULTI COMPARTMENT SANDWICH BOX PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816224 </t>
   </si>
   <si>
-    <t>ROBOT PARED SENCILLA 465 ML PAW PATROL BOY RESCUE PUPSS</t>
+    <t>SINGLE WALL CANTEEN 465 ML PAW PATROL BOY RESCUE PUPSS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816255 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO NEVADA SIPPER 545 ML PAW PATROL BOY RESCUE PUPS</t>
+    <t>NEVADA ALUMINIUM SIPPER BOTTLE 545 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816262 </t>
   </si>
   <si>
-    <t>PLATO DIVIDIDO RECTANGULAR ST PAW PATROL BOY RESCUE PUPS</t>
+    <t>RECTANGULAR DIVIDED PLATE ST PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816279 </t>
   </si>
   <si>
-    <t>SPRAYER DRINK BOTTLE 575 ML PAW PATROL BOY RESCUE PUPS</t>
+    <t>BOTELLA SPRAY 575 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816309 </t>
   </si>
   <si>
-    <t>EASY SPORT TUMBLER 430 ML PAW PATROL BOY RESCUE PUPS</t>
+    <t>VASO CAÑA EASY 430 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816316 </t>
   </si>
   <si>
-    <t>PLAYGROUND SIPPER BOTTLE 410 ML PAW PATROL BOY RESCUE PUPS</t>
+    <t>BOTELLA PP PLAYGROUND 410 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816323 </t>
   </si>
   <si>
     <t>SPORT BOTTLE 400 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816347 </t>
   </si>
   <si>
     <t>ALUMINIUM BOTTLE 400 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816354 </t>
   </si>
   <si>
-    <t>ROBOT ESPACIAL 280 ML PAW PATROL BOY RESCUE PUPS</t>
+    <t>SPACE CANTEEN 280 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816361 </t>
   </si>
   <si>
-    <t>BOTELLA ECOZEN HIDRO PEQUEÑA 430 ML PAW PATROL BOY RESCUE PUPS</t>
+    <t>SMALL ECOZEN HYDRO BOTTLE 430 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816378 </t>
   </si>
   <si>
-    <t>SANDWICHERA MULTIPLE SUPREMA PAW PATROL BOY RESCUE PUPS</t>
+    <t>SUPREME MULTI COMPARTMENT SANDWICH BOX PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816385 </t>
   </si>
   <si>
-    <t>SANDWICHERA URBAN PAW PATROL BOY RESCUE PUPS</t>
+    <t>URBAN SANDWICH BOX PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816408 </t>
   </si>
   <si>
-    <t>DAILY ALUMINIUM BOTTLE 600 ML PAW PATROL BOY RESCUE PUPS</t>
+    <t>BOTELLA ALUMINIO INFANTIL 600 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816415 </t>
   </si>
   <si>
-    <t>SMALL ECOZEN BOTTLE 475 ML PAW PATROL BOY RESCUE PUPS</t>
+    <t>BOTELLA ECOZEN PEQUEÑA 475 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816422 </t>
   </si>
   <si>
-    <t>ACTIVE CANTEEN 510 ML PAW PATROL BOY RESCUE PUPS</t>
+    <t>BOTELLA ACTIVE 510 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816439 </t>
   </si>
   <si>
     <t>ASKER LUNCH BOX PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816453 </t>
   </si>
   <si>
     <t>DRAWSTRING LUNCH BAG PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816460 </t>
   </si>
   <si>
-    <t>CUENCO MICRO PAW PATROL BOY RESCUE PUPS</t>
+    <t>MICRO BOWL PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816477 </t>
   </si>
   <si>
-    <t>PLATO MICRO PAW PATROL BOY RESCUE PUPS</t>
+    <t>MICRO PLATE PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816507 </t>
   </si>
   <si>
-    <t>SET MICRO 5 PCS (PLATO, CUENCO, VASO Y CUBIERTOS) EN CAJA PAW PATROL BOY RESCUE PUPS</t>
+    <t>5 PCS MCIRO SET (PLATE, BOWL, TUMBLER, CUTLERY) PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816514 </t>
   </si>
   <si>
-    <t>CHARACTER SIPPER BOTTLE 350 ML PAW PATROL BOY RESCUE PUPS</t>
+    <t>BOTELLA SIPPER 350 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816521 </t>
   </si>
   <si>
-    <t>3D FIGURINE ALUMINIUM BOTTLE 690 ML PAW PATROL BOY RESCUE PUPS</t>
+    <t>BOTELLA ALUMINIO CON FIGURITA 3D 690 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816538 </t>
   </si>
   <si>
-    <t>RECTANGULAR INSULATED BAG PAW PATROL BOY RESCUE PUPS</t>
+    <t>BOLSA MERIENDA AISLANTE RECTANGULAR PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816545 </t>
   </si>
   <si>
     <t>3D ECOZEN FIGURINE BOTTLE 560 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816552 </t>
   </si>
   <si>
     <t>EASY HOLD SPORT BOTTLE 380 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816569 </t>
   </si>
   <si>
-    <t>TAZA RAMBLER PP 530 ML PAW PATROL BOY RESCUE PUPS</t>
+    <t>PP COOL MUG 530 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816583 </t>
   </si>
   <si>
-    <t>BOTELLA POP UP DE ALUMINIO CON CORREA 730 ML PAW PATROL BOY RESCUE PUPS</t>
+    <t>ALUMINIUM POP UP BOTTLE WITH STRAP 730 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816606 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO ALTA 530 ML PAW PATROL BOY RESCUE PUPS</t>
+    <t>HIGH ALUMINIUM BOTTLE 530 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816668 </t>
   </si>
   <si>
-    <t>3D FIGURINE TUMBLER 360 ML PAW PATROL BOY RESCUE PUPS</t>
+    <t>VASO FIGURITA 3D 360 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816699 </t>
   </si>
   <si>
-    <t>POP UP CANTEEN 450 ML PAW PATROL BOY RESCUE PUPS</t>
+    <t>ROBOT POP UP 450 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816729 </t>
   </si>
   <si>
-    <t>DISCOVERY LARGE PP BOTTLE 640 ML PAW PATROL BOY</t>
+    <t>BOTELLA PP GRANDE DISCOVERY 640 ML PAW PATROL BOY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816736 </t>
   </si>
   <si>
     <t>2 PCS BTS SET (SPORT BOTTLE AND SANDWICH BOX) IN GIFT BOX  PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816743 </t>
   </si>
   <si>
     <t>FUNNY SANDWICH BOX PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816828 </t>
   </si>
   <si>
-    <t>BOTELLA AVENTURA ECOZEN 460 ML PAW PATROL BOY RESCUE PUPS</t>
+    <t>SMALL ECOZEN ADVENTURE BOTTLE 460 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816859 </t>
   </si>
   <si>
-    <t>SET 5 PCS ANTIDESLIZANTE (PLATO, CUENCO, VASO Y CUBIERTOS) PREMIUM BICOLOR EN CAJA PAW PATROL BOY RESCUE PUPS</t>
+    <t>NON SLIP 5 PCS BICOLOR PREMIUM SET (PLATE, BOWL, TUMBLER, CUTLERY) IN STANDARD BOX PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816897 </t>
   </si>
   <si>
-    <t>SANDWICHERA SNACK PAW PATROL BOY RESCUE PUPS</t>
+    <t>SNACK SANDWICH BOX PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816903 </t>
   </si>
   <si>
-    <t>BENTOPRO SANDWICH BOX PAW PATROL BOY</t>
+    <t>SANDWICHERA BENTOPRO PAW PATROL BOY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816910 </t>
   </si>
   <si>
-    <t>NON SLIP BICOLOR PREMIUM BOWL PAW PATROL BOY RESCUE PUPS</t>
+    <t>CUENCO ANTIDESLIZANTE PREMIUM BICOLOR PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816927 </t>
   </si>
   <si>
-    <t>NON SLIP BICOLOR PREMIUM PLATE PAW PATROL BOY RESCUE PUPS</t>
+    <t>PLATO ANTIDESLIZANTE PREMIUM BICOLOR PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816941 </t>
   </si>
   <si>
-    <t>ALUMINIUM SB BOTTLE 400 ML PAW PATROL UNIVERSE SKY</t>
+    <t>BOTELLA ALUMINIO SB PEQUEÑA 400 ML PAW PATROL UNIVERSE SKY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816958 </t>
   </si>
   <si>
     <t>NON SLIP BICOLOR PREMIUM TUMBLER 260 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816972 </t>
   </si>
   <si>
     <t>MEDIUM ECOZEN PREMIUM BOTTLE 620 ML PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497816996 </t>
   </si>
   <si>
-    <t>SANDWICHERA MULTIPLE XL PAW PATROL BOY RESCUE PUPS</t>
+    <t>XL MULTI COMPARTMENT RECTANGULAR SANDWICH BOX PAW PATROL BOY RESCUE PUPS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497817047 </t>
   </si>
   <si>
-    <t>TAZA MICRO 390 ML HELLO KITTY</t>
+    <t>MICRO MUG 390 ML HELLO KITTY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497817078 </t>
   </si>
   <si>
-    <t>VASO EASY PEQUEÑO 260 ML HELLO KITTY</t>
+    <t>EASY PP TUMBLER 260 ML HELLO KITTY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497817207 </t>
   </si>
   <si>
-    <t>MULTI COMPARTMENT SANDWICH BOX HELLO KITTY</t>
+    <t>SANDWICHERA MULTIPLE HELLO KITTY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497817306 </t>
   </si>
   <si>
-    <t>EASY SPORT TUMBLER 430 ML HELLO KITTY</t>
+    <t>VASO CAÑA EASY 430 ML HELLO KITTY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497817344 </t>
   </si>
   <si>
-    <t>ALUMINIUM BOTTLE 400 ML HELLO KITTY</t>
+    <t>BOTELLA ALUMINIO PEQUEÑA 400 ML HELLO KITTY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497817429 </t>
   </si>
   <si>
     <t>SPORT BOTTLE 400 ML HELLO KITTY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497817467 </t>
   </si>
   <si>
     <t>MICRO BOWL HELLO KITTY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497817474 </t>
   </si>
   <si>
-    <t>PLATO MICRO HELLO KITTY</t>
+    <t>MICRO PLATE HELLO KITTY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497817535 </t>
   </si>
   <si>
-    <t>BOLSA MERIENDA AISLANTE RECTANGULAR HELLO KITTY</t>
+    <t>RECTANGULAR INSULATED BAG HELLO KITTY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497817603 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO ALTA 530 ML HELLO KITTY</t>
+    <t>HIGH ALUMINIUM BOTTLE 530 ML HELLO KITTY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497817610 </t>
   </si>
   <si>
-    <t>FLEXI HANDLE ALUMINIUM BOTTLE 760 ML HELLO KITTY</t>
+    <t>BOTELLA ALUMINIO FLEXI HANDLE 760 ML HELLO KITTY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497817665 </t>
   </si>
   <si>
-    <t>3D FIGURINE TUMBLER 360 ML HELLO KITTY</t>
+    <t>VASO FIGURITA 3D 360 ML HELLO KITTY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497817849 </t>
   </si>
   <si>
-    <t>FUNNY SANDWICH BOX HELLO KITTY</t>
+    <t>SANDWICHERA RECTANGULAR HELLO KITTY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497817948 </t>
   </si>
   <si>
     <t>ALUMINIUM SB BOTTLE 400 ML HELLO KITTY PHOTOGENIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497818044 </t>
   </si>
   <si>
-    <t>TAZA MICRO 390 ML PAW PATROL GIRL SUPERPOWERS</t>
+    <t>MICRO MUG 390 ML PAW PATROL GIRL SUPERPOWERS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497818068 </t>
   </si>
   <si>
-    <t>VASO EASY GRANDE 430 ML PAW PATROL GIRL SUPERPOWERS</t>
+    <t>LARGE EASY PP TUMBLER 430 ML PAW PATROL GIRL SUPERPOWERS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497818075 </t>
   </si>
   <si>
-    <t>VASO EASY PEQUEÑO 260 ML PAW PATROL GIRL SUPERPOWERS</t>
+    <t>EASY PP TUMBLER 260 ML PAW PATROL GIRL SUPERPOWERS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497818174 </t>
   </si>
   <si>
-    <t>2 PCS PP CUTLERY (SPOON AND FORK) SET IN POLYBAG PAW PATROL GIRL SUPERPOWERS</t>
+    <t>SET DE 2 CUBIERTOS PP (CUCHARA Y TENEDOR) PAW PATROL GIRL SUPERPOWERS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497818198 </t>
   </si>
   <si>
-    <t>EASY OFFSET PLACEMAT PAW PATROL GIRL SUPERPOWERS</t>
+    <t>MANTEL INDIVIDUAL PAW PATROL GIRL SUPERPOWERS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497818204 </t>
   </si>
   <si>
-    <t>MULTI COMPARTMENT SANDWICH BOX PAW PATROL GIRL SUPERPOWERS</t>
+    <t>SANDWICHERA MULTIPLE PAW PATROL GIRL SUPERPOWERS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497818303 </t>
   </si>
   <si>
     <t>EASY SPORT TUMBLER 430 ML PAW PATROL GIRL SUPERPOWERS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497818310 </t>
   </si>
   <si>
     <t>PLAYGROUND SIPPER BOTTLE 410 ML PAW PATROL GIRL SUPERPOWERS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497818327 </t>
   </si>
   <si>
-    <t>BOTELLA SPORT 400 ML PAW PATROL GIRL SUPERPOWERS</t>
+    <t>SPORT BOTTLE 400 ML PAW PATROL GIRL SUPERPOWERS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497818341 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO PEQUEÑA 400 ML PAW PATROL GIRL SUPERPOWERS</t>
+    <t>ALUMINIUM BOTTLE 400 ML PAW PATROL GIRL SUPERPOWERS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497818365 </t>
   </si>
   <si>
-    <t>BOTELLA ECOZEN HIDRO PEQUEÑA 430 ML PAW PATROL GIRL SUPERPOWERS</t>
+    <t>SMALL ECOZEN HYDRO BOTTLE 430 ML PAW PATROL GIRL SUPERPOWERS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497818389 </t>
   </si>
   <si>
-    <t>URBAN SANDWICH BOX PAW PATROL GIRL SUPERPOWERS</t>
+    <t>SANDWICHERA URBAN PAW PATROL GIRL SUPERPOWERS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497818402 </t>
   </si>
   <si>
-    <t>DAILY ALUMINIUM BOTTLE 600 ML PAW PATROL GIRL SUPERPOWERS</t>
+    <t>BOTELLA ALUMINIO INFANTIL 600 ML PAW PATROL GIRL SUPERPOWERS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497818464 </t>
   </si>
   <si>
-    <t>MICRO BOWL PAW PATROL GIRL SUPERPOWERS</t>
+    <t>CUENCO MICRO PAW PATROL GIRL SUPERPOWERS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497818471 </t>
   </si>
   <si>
     <t>MICRO PLATE PAW PATROL GIRL SUPERPOWERS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497818501 </t>
   </si>
   <si>
     <t>5 PCS MCIRO SET (PLATE, BOWL, TUMBLER, CUTLERY) PAW PATROL GIRL SUPERPOWERS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497818549 </t>
   </si>
   <si>
-    <t>BOTELLA FIGURITA 3D 560 ML PAW PATROL GIRL SUPERPOWERS</t>
+    <t>3D ECOZEN FIGURINE BOTTLE 560 ML PAW PATROL GIRL SUPERPOWERS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497818600 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO ALTA 530 ML PAW PATROL GIRL SUPERPOWERS</t>
+    <t>HIGH ALUMINIUM BOTTLE 530 ML PAW PATROL GIRL SUPERPOWERS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497818662 </t>
   </si>
   <si>
-    <t>VASO FIGURITA 3D 360 ML PAW PATROL GIRL SUPERPOWERS</t>
+    <t>3D FIGURINE TUMBLER 360 ML PAW PATROL GIRL SUPERPOWERS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497818747 </t>
   </si>
   <si>
-    <t>FUNNY SANDWICH BOX PAW PATROL GIRL SUPERPOWERS</t>
+    <t>SANDWICHERA RECTANGULAR PAW PATROL GIRL SUPERPOWERS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497818945 </t>
   </si>
   <si>
-    <t>ALUMINIUM SB BOTTLE 400 ML PAW PATROL GIRL COOL GIRL TIME</t>
+    <t>BOTELLA ALUMINIO SB PEQUEÑA 400 ML PAW PATROL GIRL COOL GIRL TIME</t>
   </si>
   <si>
     <t xml:space="preserve">8412497820030 </t>
   </si>
   <si>
-    <t>DAILY PP BOTTLE 560 ML PRINCESS COURAGEOUS HEART</t>
+    <t>BOTELLA PP INFANTIL 560 ML PRINCESS COURAGEOUS HEART</t>
   </si>
   <si>
     <t xml:space="preserve">8412497820047 </t>
   </si>
   <si>
     <t>MICRO MUG 390 ML PRINCESS BEYOU TIFUL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497820061 </t>
   </si>
   <si>
     <t>LARGE EASY PP TUMBLER 430 ML PRINCESS BEYOU TIFUL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497820078 </t>
   </si>
   <si>
-    <t>VASO EASY PEQUEÑO 260 ML PRINCESS BEYOU TIFUL</t>
+    <t>EASY PP TUMBLER 260 ML PRINCESS BEYOU TIFUL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497820177 </t>
   </si>
   <si>
-    <t>SET DE 2 CUBIERTOS PP (CUCHARA Y TENEDOR) PRINCESS BEYOU TIFUL</t>
+    <t>2 PCS PP CUTLERY (SPOON AND FORK) SET IN POLYBAG PRINCESS BEYOU TIFUL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497820184 </t>
   </si>
   <si>
-    <t>SET DE 2 CUBIERTOS METALICOS (CUCHARA Y TENEDOR) PRINCESS COURAGEOUS HEART</t>
+    <t>2 PCS ELLIPTICAL METALLIC CUTLERY (SPOON AND FORK) SET PRINCESS COURAGEOUS HEART</t>
   </si>
   <si>
     <t xml:space="preserve">8412497820191 </t>
   </si>
   <si>
-    <t>EASY OFFSET PLACEMAT PRINCESS BEYOU TIFUL</t>
+    <t>MANTEL INDIVIDUAL PRINCESS BEYOU TIFUL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497820207 </t>
   </si>
   <si>
-    <t>MULTI COMPARTMENT SANDWICH BOX PRINCESS COURAGEOUS HEART</t>
+    <t>SANDWICHERA MULTIPLE PRINCESS COURAGEOUS HEART</t>
   </si>
   <si>
     <t xml:space="preserve">8412497820306 </t>
   </si>
   <si>
-    <t>EASY SPORT TUMBLER 430 ML PRINCESS BEYOU TIFUL</t>
+    <t>VASO CAÑA EASY 430 ML PRINCESS BEYOU TIFUL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497820313 </t>
   </si>
   <si>
     <t>PLAYGROUND SIPPER BOTTLE 410 ML PRINCESS COURAGEOUS HEART</t>
   </si>
   <si>
     <t xml:space="preserve">8412497820320 </t>
   </si>
   <si>
     <t>SPORT BOTTLE 400 ML PRINCESS BEYOU TIFUL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497820344 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO PEQUEÑA 400 ML PRINCESS COURAGEOUS HEART</t>
+    <t>ALUMINIUM BOTTLE 400 ML PRINCESS COURAGEOUS HEART</t>
   </si>
   <si>
     <t xml:space="preserve">8412497820368 </t>
   </si>
   <si>
-    <t>BOTELLA ECOZEN HIDRO PEQUEÑA 430 ML PRINCESS COURAGEOUS HEART</t>
+    <t>SMALL ECOZEN HYDRO BOTTLE 430 ML PRINCESS COURAGEOUS HEART</t>
   </si>
   <si>
     <t xml:space="preserve">8412497820382 </t>
   </si>
   <si>
-    <t>URBAN SANDWICH BOX PRINCESS BEYOU TIFUL</t>
+    <t>SANDWICHERA URBAN PRINCESS BEYOU TIFUL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497820405 </t>
   </si>
   <si>
-    <t>DAILY ALUMINIUM BOTTLE 600 ML PRINCESS COURAGEOUS HEART</t>
+    <t>BOTELLA ALUMINIO INFANTIL 600 ML PRINCESS COURAGEOUS HEART</t>
   </si>
   <si>
     <t xml:space="preserve">8412497820467 </t>
   </si>
   <si>
-    <t>MICRO BOWL PRINCESS BEYOU TIFUL</t>
+    <t>CUENCO MICRO PRINCESS BEYOU TIFUL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497820474 </t>
   </si>
   <si>
     <t>MICRO PLATE PRINCESS BEYOU TIFUL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497820504 </t>
   </si>
   <si>
     <t>5 PCS MCIRO SET (PLATE, BOWL, TUMBLER, CUTLERY) PRINCESS BEYOU TIFUL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497820603 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO ALTA 530 ML PRINCESS COURAGEOUS HEART</t>
+    <t>HIGH ALUMINIUM BOTTLE 530 ML PRINCESS COURAGEOUS HEART</t>
   </si>
   <si>
     <t xml:space="preserve">8412497820665 </t>
   </si>
   <si>
-    <t>VASO FIGURITA 3D 360 ML PRINCESS COURAGEOUS HEART</t>
+    <t>3D FIGURINE TUMBLER 360 ML PRINCESS COURAGEOUS HEART</t>
   </si>
   <si>
     <t xml:space="preserve">8412497820696 </t>
   </si>
   <si>
-    <t>ROBOT POP UP 450 ML PRINCESS BEYOU TIFUL</t>
+    <t>POP UP CANTEEN 450 ML PRINCESS BEYOU TIFUL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497820740 </t>
   </si>
   <si>
-    <t>FUNNY SANDWICH BOX PRINCESS BEYOU TIFUL</t>
+    <t>SANDWICHERA RECTANGULAR PRINCESS BEYOU TIFUL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497828043 </t>
   </si>
   <si>
-    <t>MICRO MUG 390 ML HELLO KITTY AND FRIENDS</t>
+    <t>TAZA MICRO 390 ML HELLO KITTY AND FRIENDS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497828074 </t>
   </si>
   <si>
-    <t>EASY PP TUMBLER 260 ML HELLO KITTY AND FRIENDS</t>
+    <t>VASO EASY PEQUEÑO 260 ML HELLO KITTY AND FRIENDS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497828203 </t>
   </si>
   <si>
     <t>MULTI COMPARTMENT SANDWICH BOX HELLO KITTY AND FRIENDS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497828302 </t>
   </si>
   <si>
     <t>EASY SPORT TUMBLER 430 ML HELLO KITTY AND FRIENDS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497828326 </t>
   </si>
   <si>
-    <t>BOTELLA SPORT 400 ML HELLO KITTY AND FRIENDS</t>
+    <t>SPORT BOTTLE 400 ML HELLO KITTY AND FRIENDS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497828340 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO SB PEQUEÑA 400 ML HELLO KITTY AND FRIENDS</t>
+    <t>ALUMINIUM SB BOTTLE 400 ML HELLO KITTY AND FRIENDS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497828845 </t>
   </si>
   <si>
-    <t>SANDWICHERA RECTANGULAR HELLO KITTY AND FRIENDS</t>
+    <t>FUNNY SANDWICH BOX HELLO KITTY AND FRIENDS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835034 </t>
   </si>
   <si>
-    <t>DAILY PP BOTTLE 560 ML SPIDERMAN MOVING TARGET</t>
+    <t>BOTELLA PP INFANTIL 560 ML SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835041 </t>
   </si>
   <si>
-    <t>MICRO MUG 390 ML SPIDERMAN MOB RULES</t>
+    <t>TAZA MICRO 390 ML SPIDERMAN MOB RULES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835065 </t>
   </si>
   <si>
-    <t>LARGE EASY PP TUMBLER 430 ML SPIDERMAN MOB RULES</t>
+    <t>VASO EASY GRANDE 430 ML SPIDERMAN MOB RULES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835072 </t>
   </si>
   <si>
     <t>EASY PP TUMBLER 260 ML SPIDERMAN MOB RULES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835096 </t>
   </si>
   <si>
     <t>FUNNY SANDWICH BOX WITH CUTLERY SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835102 </t>
   </si>
   <si>
-    <t>BOTELLA SCHOOL 370 ML SPIDERMAN MOVING TARGET</t>
+    <t>SCHOOL BOTTLE 370 ML SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835119 </t>
   </si>
   <si>
-    <t>CUENCO EASY PP SPIDERMAN MOB RULES</t>
+    <t>PP EASY BOWL SPIDERMAN MOB RULES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835126 </t>
   </si>
   <si>
-    <t>PLATO EASY PP SPIDERMAN MOB RULES</t>
+    <t>EASY PP PLATE SPIDERMAN MOB RULES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835140 </t>
   </si>
   <si>
-    <t>SQUARE WATER BOTTLE 510 ML SPIDERMAN MOVING TARGET</t>
+    <t>BOTELLA SQUARE 510 ML SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835157 </t>
   </si>
   <si>
-    <t>5 PCS EASY SET (PLATE, BOWL, TUMBLER, CUTLERY) (PLATE, BOWL, TUMBLER, CUTLERY) SPIDERMAN MOB RULES</t>
+    <t>SET EASY 5 PCS (PLATO, CUENCO, VASO Y CUBIERTOS) EN CAJA  SPIDERMAN MOB RULES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835171 </t>
   </si>
   <si>
-    <t>2 PCS PP CUTLERY (SPOON AND FORK) SET IN POLYBAG SPIDERMAN MOB RULES</t>
+    <t>SET DE 2 CUBIERTOS PP (CUCHARA Y TENEDOR) SPIDERMAN MOB RULES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835188 </t>
   </si>
   <si>
     <t>2 PCS ELLIPTICAL METALLIC CUTLERY (SPOON AND FORK) SET SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835195 </t>
   </si>
   <si>
     <t>EASY OFFSET PLACEMAT SPIDERMAN MOB RULES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835201 </t>
   </si>
   <si>
-    <t>SANDWICHERA MULTIPLE SPIDERMAN MOVING TARGET</t>
+    <t>MULTI COMPARTMENT SANDWICH BOX SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835225 </t>
   </si>
   <si>
-    <t>ROBOT PARED SENCILLA 465 ML SPIDERMAN MOB RULESS</t>
+    <t>SINGLE WALL CANTEEN 465 ML SPIDERMAN MOB RULESS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835256 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO NEVADA SIPPER 545 ML SPIDERMAN MOVING TARGET</t>
+    <t>NEVADA ALUMINIUM SIPPER BOTTLE 545 ML SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835263 </t>
   </si>
   <si>
-    <t>RECTANGULAR DIVIDED PLATE ST SPIDERMAN MOB RULES</t>
+    <t>PLATO DIVIDIDO RECTANGULAR ST SPIDERMAN MOB RULES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835270 </t>
   </si>
   <si>
-    <t>SPRAYER DRINK BOTTLE 575 ML SPIDERMAN MOVING TARGET</t>
+    <t>BOTELLA SPRAY 575 ML SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835300 </t>
   </si>
   <si>
-    <t>EASY SPORT TUMBLER 430 ML SPIDERMAN MOB RULES</t>
+    <t>VASO CAÑA EASY 430 ML SPIDERMAN MOB RULES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835317 </t>
   </si>
   <si>
     <t>PLAYGROUND SIPPER BOTTLE 410 ML SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835324 </t>
   </si>
   <si>
     <t>SPORT BOTTLE 400 ML SPIDERMAN MOB RULES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835348 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO PEQUEÑA 400 ML SPIDERMAN MOVING TARGET</t>
+    <t>ALUMINIUM BOTTLE 400 ML SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835355 </t>
   </si>
   <si>
-    <t>ROBOT ESPACIAL 280 ML SPIDERMAN MOVING TARGET</t>
+    <t>SPACE CANTEEN 280 ML SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835362 </t>
   </si>
   <si>
-    <t>BOTELLA ECOZEN HIDRO PEQUEÑA 430 ML SPIDERMAN MOVING TARGET</t>
+    <t>SMALL ECOZEN HYDRO BOTTLE 430 ML SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835379 </t>
   </si>
   <si>
-    <t>SANDWICHERA MULTIPLE SUPREMA SPIDERMAN MOVING TARGET</t>
+    <t>SUPREME MULTI COMPARTMENT SANDWICH BOX SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835386 </t>
   </si>
   <si>
-    <t>URBAN SANDWICH BOX SPIDERMAN MOB RULES</t>
+    <t>SANDWICHERA URBAN SPIDERMAN MOB RULES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835409 </t>
   </si>
   <si>
-    <t>DAILY ALUMINIUM BOTTLE 600 ML SPIDERMAN MOVING TARGET</t>
+    <t>BOTELLA ALUMINIO INFANTIL 600 ML SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835416 </t>
   </si>
   <si>
-    <t>SMALL ECOZEN BOTTLE 475 ML SPIDERMAN MOVING TARGET</t>
+    <t>BOTELLA ECOZEN PEQUEÑA 475 ML SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835423 </t>
   </si>
   <si>
     <t>ACTIVE CANTEEN 510 ML SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835430 </t>
   </si>
   <si>
     <t>ASKER LUNCH BOX SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835454 </t>
   </si>
   <si>
-    <t>BOLSA MERIENDA SPIDERMAN MOB RULES</t>
+    <t>DRAWSTRING LUNCH BAG SPIDERMAN MOB RULES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835461 </t>
   </si>
   <si>
-    <t>CUENCO MICRO SPIDERMAN MOB RULES</t>
+    <t>MICRO BOWL SPIDERMAN MOB RULES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835478 </t>
   </si>
   <si>
-    <t>PLATO MICRO SPIDERMAN MOB RULES</t>
+    <t>MICRO PLATE SPIDERMAN MOB RULES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835508 </t>
   </si>
   <si>
-    <t>5 PCS MCIRO SET (PLATE, BOWL, TUMBLER, CUTLERY) SPIDERMAN MOB RULES</t>
+    <t>SET MICRO 5 PCS (PLATO, CUENCO, VASO Y CUBIERTOS) EN CAJA SPIDERMAN MOB RULES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835515 </t>
   </si>
   <si>
-    <t>CHARACTER SIPPER BOTTLE 350 ML SPIDERMAN MOVING TARGET</t>
+    <t>BOTELLA SIPPER 350 ML SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835522 </t>
   </si>
   <si>
-    <t>3D FIGURINE ALUMINIUM BOTTLE 690 ML SPIDERMAN MOVING TARGET</t>
+    <t>BOTELLA ALUMINIO CON FIGURITA 3D 690 ML SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835539 </t>
   </si>
   <si>
     <t>RECTANGULAR INSULATED BAG SPIDERMAN MOB RULES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835546 </t>
   </si>
   <si>
     <t>3D ECOZEN FIGURINE BOTTLE 560 ML SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835553 </t>
   </si>
   <si>
-    <t>BOTELLA SPORT EASY HOLD 380 ML SPIDERMAN MOB RULES</t>
+    <t>EASY HOLD SPORT BOTTLE 380 ML SPIDERMAN MOB RULES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835560 </t>
   </si>
   <si>
-    <t>TAZA RAMBLER PP 530 ML SPIDERMAN MOVING TARGET</t>
+    <t>PP COOL MUG 530 ML SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835584 </t>
   </si>
   <si>
-    <t>BOTELLA POP UP DE ALUMINIO CON CORREA 730 ML SPIDERMAN MOVING TARGET</t>
+    <t>ALUMINIUM POP UP BOTTLE WITH STRAP 730 ML SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835607 </t>
   </si>
   <si>
-    <t>HIGH ALUMINIUM BOTTLE 530 ML SPIDERMAN MOVING TARGET</t>
+    <t>BOTELLA ALUMINIO ALTA 530 ML SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835669 </t>
   </si>
   <si>
-    <t>3D FIGURINE TUMBLER 360 ML SPIDERMAN MOVING TARGET</t>
+    <t>VASO FIGURITA 3D 360 ML SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835690 </t>
   </si>
   <si>
-    <t>POP UP CANTEEN 450 ML SPIDERMAN MOB RULES</t>
+    <t>ROBOT POP UP 450 ML SPIDERMAN MOB RULES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835720 </t>
   </si>
   <si>
     <t>DISCOVERY LARGE PP BOTTLE 640 ML SPIDERMAN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835737 </t>
   </si>
   <si>
     <t>2 PCS BTS SET (SPORT BOTTLE AND SANDWICH BOX) IN GIFT BOX  SPIDERMAN MOB RULES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835744 </t>
   </si>
   <si>
-    <t>SANDWICHERA RECTANGULAR SPIDERMAN MOB RULES</t>
+    <t>FUNNY SANDWICH BOX SPIDERMAN MOB RULES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835836 </t>
   </si>
   <si>
-    <t>BOTELLA AVENTURA ECOZEN 650 ML SPIDERMAN MOVING TARGET</t>
+    <t>LARGE ECOZEN ADVENTURE BOTTLE 650 ML SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835850 </t>
   </si>
   <si>
-    <t>SET 5 PCS ANTIDESLIZANTE (PLATO, CUENCO, VASO Y CUBIERTOS) PREMIUM BICOLOR EN CAJA SPIDERMAN MOVING TARGET</t>
+    <t>NON SLIP 5 PCS BICOLOR PREMIUM SET (PLATE, BOWL, TUMBLER, CUTLERY) IN STANDARD BOX SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835898 </t>
   </si>
   <si>
-    <t>SNACK SANDWICH BOX SPIDERMAN MOVING TARGET</t>
+    <t>SANDWICHERA SNACK SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835904 </t>
   </si>
   <si>
-    <t>BENTOPRO SANDWICH BOX SPIDERMAN</t>
+    <t>SANDWICHERA BENTOPRO SPIDERMAN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835911 </t>
   </si>
   <si>
-    <t>NON SLIP BICOLOR PREMIUM BOWL SPIDERMAN MOVING TARGET</t>
+    <t>CUENCO ANTIDESLIZANTE PREMIUM BICOLOR SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835928 </t>
   </si>
   <si>
-    <t>NON SLIP BICOLOR PREMIUM PLATE SPIDERMAN MOVING TARGET</t>
+    <t>PLATO ANTIDESLIZANTE PREMIUM BICOLOR SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835942 </t>
   </si>
   <si>
     <t>ALUMINIUM SB BOTTLE 400 ML SPIDERMAN JUMPER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835959 </t>
   </si>
   <si>
     <t>NON SLIP BICOLOR PREMIUM TUMBLER 260 ML SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835973 </t>
   </si>
   <si>
-    <t>BOTELLA ECOZEN PREMIUM MEDIANA 620 ML SPIDERMAN MOVING TARGET</t>
+    <t>MEDIUM ECOZEN PREMIUM BOTTLE 620 ML SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497835997 </t>
   </si>
   <si>
-    <t>SANDWICHERA MULTIPLE XL SPIDERMAN MOVING TARGET</t>
+    <t>XL MULTI COMPARTMENT RECTANGULAR SANDWICH BOX SPIDERMAN MOVING TARGET</t>
   </si>
   <si>
     <t xml:space="preserve">8412497855087 </t>
   </si>
   <si>
-    <t>VASO EASY PEQUEÑO 260 ML BATMAN SYMBOL</t>
+    <t>EASY PP TUMBLER 260 ML BATMAN SYMBOL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497855209 </t>
   </si>
   <si>
-    <t>MULTI COMPARTMENT SANDWICH BOX BATMAN SYMBOL</t>
+    <t>SANDWICHERA MULTIPLE BATMAN SYMBOL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497855759 </t>
   </si>
   <si>
-    <t>FUNNY SANDWICH BOX BATMAN SYMBOL</t>
+    <t>SANDWICHERA RECTANGULAR BATMAN SYMBOL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497857678 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX CHUCKY</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA CHUCKY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497858040 </t>
   </si>
   <si>
     <t>MICRO MUG 390 ML HOTWHEELS BLUE FIRE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497858071 </t>
   </si>
   <si>
     <t>EASY PP TUMBLER 260 ML HOTWHEELS BLUE FIRE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497858200 </t>
   </si>
   <si>
     <t>MULTI COMPARTMENT SANDWICH BOX HOTWHEELS BLUE FIRE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497858309 </t>
   </si>
   <si>
-    <t>VASO CAÑA EASY 430 ML HOTWHEELS BLUE FIRE</t>
+    <t>EASY SPORT TUMBLER 430 ML HOTWHEELS BLUE FIRE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497858323 </t>
   </si>
   <si>
-    <t>BOTELLA SPORT 400 ML HOTWHEELS BLUE FIRE</t>
+    <t>SPORT BOTTLE 400 ML HOTWHEELS BLUE FIRE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497858743 </t>
   </si>
   <si>
-    <t>SANDWICHERA RECTANGULAR HOTWHEELS BLUE FIRE</t>
+    <t>FUNNY SANDWICH BOX HOTWHEELS BLUE FIRE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497867745 </t>
   </si>
   <si>
-    <t>SANDWICHERA RECTANGULAR PAW PATROL GIRLS</t>
+    <t>FUNNY SANDWICH BOX PAW PATROL GIRLS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497874682 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA UNICORN ACADEMY</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX UNICORN ACADEMY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497875511 </t>
   </si>
   <si>
-    <t>HYDRO BOTTLE 850 ML SIMPSONS HOMER</t>
+    <t>BOTELLA HIDRO 850 ML SIMPSONS HOMER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497875559 </t>
   </si>
   <si>
-    <t>INSULATED STAINLESS STEEL BOTTLE 515 ML SIMPSONS</t>
+    <t>BOTELLA TERMO ACERO INOXIDABLE 515 ML SIMPSONS HOMER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497875764 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX SIMPSONS HOMER FACE</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA SIMPSONS HOMER FACE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497875795 </t>
   </si>
   <si>
     <t>CERAMIC MUG 11 OZ IN GIFT BOX SIMPSONS HOMER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497875870 </t>
   </si>
   <si>
     <t>CERAMIC BREAKFAST MUG 14 OZ IN GIFT BOX SIMPSONS HOMER FACE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497879076 </t>
   </si>
   <si>
-    <t>VASO EASY PEQUEÑO 260 ML NARUTO</t>
+    <t>EASY PP TUMBLER 260 ML NARUTO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497879144 </t>
   </si>
   <si>
-    <t>TAZA MICRO 390 ML NARUTO</t>
+    <t>MICRO MUG 390 ML NARUTO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497879366 </t>
   </si>
   <si>
-    <t>BOTELLA ECOZEN HIDRO PEQUEÑA 430 ML NARUTO</t>
+    <t>SMALL ECOZEN HYDRO BOTTLE 430 ML NARUTO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497879403 </t>
   </si>
   <si>
-    <t>EASY SPORT TUMBLER 430 ML NARUTO</t>
+    <t>VASO CAÑA EASY 430 ML NARUTO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497879427 </t>
   </si>
   <si>
-    <t>SPORT BOTTLE 400 ML NARUTO</t>
+    <t>BOTELLA SPORT 400 ML NARUTO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497879519 </t>
   </si>
   <si>
-    <t>HYDRO BOTTLE 850 ML NARUTO</t>
+    <t>BOTELLA HIDRO 850 ML NARUTO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497879847 </t>
   </si>
   <si>
     <t>FUNNY SANDWICH BOX NARUTO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497880218 </t>
   </si>
   <si>
     <t>FULL DECO CERAMIC MUG 12 OZ IN GIFT BOX  FROZEN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497880225 </t>
   </si>
   <si>
-    <t>TAZA DE CERAMICA FULL DECO 355 ML EN CAJA REGALO MICKEY</t>
+    <t>FULL DECO CERAMIC MUG 12 OZ IN GIFT BOX  MICKEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497880249 </t>
   </si>
   <si>
-    <t>TAZA DE CERAMICA FULL DECO 355 ML EN CAJA REGALO MINNIE</t>
+    <t>FULL DECO CERAMIC MUG 12 OZ IN GIFT BOX  MINNIE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497880270 </t>
   </si>
   <si>
-    <t>TAZA DE CERAMICA FULL DECO 355 ML EN CAJA REGALO SPIDERMAN</t>
+    <t>FULL DECO CERAMIC MUG 12 OZ IN GIFT BOX  SPIDERMAN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497880287 </t>
   </si>
   <si>
-    <t>FULL DECO CERAMIC MUG 12 OZ IN GIFT BOX  STITCH</t>
+    <t>TAZA DE CERAMICA FULL DECO 355 ML EN CAJA REGALO STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497880355 </t>
   </si>
   <si>
-    <t>3 PCS CERAMIC SNACK SET (PLATE, BOWL, MUG) IN GIFT BOX POKEMON HAPPY FUN</t>
+    <t>SET MERIENDA CERAMICA (PLATO, CUENCO, TAZA) EN CAJA DE REGALO 3 PCS POKEMON HAPPY FUN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497880416 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX GABBYS DOLLHOUSE DOTS</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA GABBYS DOLLHOUSE DOTS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497880447 </t>
   </si>
   <si>
     <t>CERAMIC MUG 11 OZ IN GIFT BOX GABBY\'S´S DOLLHOUSE DNLS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497880539 </t>
   </si>
   <si>
     <t>CERAMIC SB MUG 11 OZ IN BOX BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497880553 </t>
   </si>
   <si>
-    <t>SET MERIENDA CERAMICA (PLATO, CUENCO, TAZA) EN CAJA DE REGALO 3 PCS BLUEY</t>
+    <t>3 PCS CERAMIC SNACK SET (PLATE, BOWL, MUG) IN GIFT BOX BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497880577 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA 325 ML EN CAJA DE DE REGALO BLUEY WALK</t>
+    <t>CERAMIC MUG 11 OZ IN GIFT BOX BLUEY WALK</t>
   </si>
   <si>
     <t xml:space="preserve">8412497880645 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA 325 ML EN CAJA DE REGALO AVENGERS COMIC HEROES</t>
+    <t>CERAMIC MUG 11 OZ IN GIFT BOX AVENGERS COMIC HEROES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497880737 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX CARS STICKERS</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA CARS STICKERS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497880942 </t>
   </si>
   <si>
-    <t>CERAMIC MUG 11 OZ IN GIFT BOX ITS A MICKEY THING</t>
+    <t>TAZA CERAMICA 325 ML EN CAJA DE REGALO IT\'S A MICKEY THING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497881048 </t>
   </si>
   <si>
-    <t>CERAMIC MUG 11 OZ IN GIFT BOX MINNIE SO EDGY BOWS</t>
+    <t>TAZA CERAMICA 325 ML EN CAJA DE REGALO MINNIE SO EDGY BOWS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497881246 </t>
   </si>
   <si>
     <t>CERAMIC MUG 11 OZ IN GIFT BOX SPIDERMAN URBAN WEB</t>
   </si>
   <si>
     <t xml:space="preserve">8412497881284 </t>
   </si>
   <si>
     <t>CERAMIC SB MUG 11 OZ IN BOX STITCH PINEAPLE ADAPTATION</t>
   </si>
   <si>
     <t xml:space="preserve">8412497881307 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA STITCH HAWAIAN FLOWER</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX STITCH HAWAIAN FLOWER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497881338 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA STAR WARS EMPIRE ICONS</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX STAR WARS EMPIRE ICONS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497881369 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA 325 ML EN CAJA DE REGALO STITCH LEAVES PATTERN</t>
+    <t>CERAMIC MUG 11 OZ IN GIFT BOX STITCH LEAVES PATTERN CNPL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497881536 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX BARBIE BB22</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA BARBIE BB22</t>
   </si>
   <si>
     <t xml:space="preserve">8412497881659 </t>
   </si>
   <si>
-    <t>3 PCS CERAMIC SNACK SET (PLATE, BOWL, MUG) IN GIFT BOX STITCH ALOHA</t>
+    <t>SET MERIENDA CERAMICA (PLATO, CUENCO, TAZA) EN CAJA DE REGALO 3 PCS STITCH ALOHA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497882038 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX AVENGERS SEVEN WONDERS</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA AVENGERS SEVEN WONDERS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497882137 </t>
   </si>
   <si>
     <t>CERAMIC SB MUG 11 OZ IN BOX FROZEN SNOWY TALE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497882151 </t>
   </si>
   <si>
     <t>3 PCS CERAMIC SNACK SET (PLATE, BOWL, MUG) IN GIFT BOX FROZEN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497882243 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA 325 ML EN CAJA DE REGALO MICKEY TRUE CHAMPIONS</t>
+    <t>CERAMIC MUG 11 OZ IN GIFT BOX MICKEY TRUE CHAMPIONS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497882250 </t>
   </si>
   <si>
-    <t>SET MERIENDA CERAMICA (PLATO, CUENCO, TAZA) EN CAJA DE REGALO 3 PCS MICKEY TRUE CHAMPIONS</t>
+    <t>3 PCS CERAMIC SNACK SET (PLATE, BOWL, MUG) IN GIFT BOX MICKEY TRUE CHAMPIONS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497882342 </t>
   </si>
   <si>
+    <t>CERAMIC MUG 11 OZ IN GIFT BOX MINNIE SUNSHINE</t>
+  </si>
+  <si>
     <t xml:space="preserve">8412497882359 </t>
   </si>
   <si>
-    <t>3 PCS CERAMIC SNACK SET (PLATE, BOWL, MUG) IN GIFT BOX MINNIE SUNSHINE</t>
+    <t>SET MERIENDA CERAMICA (PLATO, CUENCO, TAZA) EN CAJA DE REGALO 3 PCS MINNIE SUNSHINE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497882434 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX PRINCESS COURAGEOUS HEART</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA PRINCESS COURAGEOUS HEART</t>
   </si>
   <si>
     <t xml:space="preserve">8412497883042 </t>
   </si>
   <si>
-    <t>MICRO MUG 390 ML KUROMI</t>
+    <t>TAZA MICRO 390 ML KUROMI</t>
   </si>
   <si>
     <t xml:space="preserve">8412497883073 </t>
   </si>
   <si>
     <t>EASY PP TUMBLER 260 ML KUROMI</t>
   </si>
   <si>
     <t xml:space="preserve">8412497883202 </t>
   </si>
   <si>
     <t>MULTI COMPARTMENT SANDWICH BOX KUROMI</t>
   </si>
   <si>
     <t xml:space="preserve">8412497883301 </t>
   </si>
   <si>
-    <t>VASO CAÑA EASY 430 ML KUROMI</t>
+    <t>EASY SPORT TUMBLER 430 ML KUROMI</t>
   </si>
   <si>
     <t xml:space="preserve">8412497883325 </t>
   </si>
   <si>
-    <t>BOTELLA SPORT 400 ML KUROMI</t>
+    <t>SPORT BOTTLE 400 ML KUROMI</t>
   </si>
   <si>
     <t xml:space="preserve">8412497883745 </t>
   </si>
   <si>
-    <t>SANDWICHERA RECTANGULAR KUROMI</t>
+    <t>FUNNY SANDWICH BOX KUROMI</t>
   </si>
   <si>
     <t xml:space="preserve">8412497883943 </t>
   </si>
   <si>
-    <t>ALUMINIUM SB BOTTLE 400 ML KUROMI</t>
+    <t>BOTELLA ALUMINIO SB PEQUEÑA 400 ML KUROMI</t>
   </si>
   <si>
     <t xml:space="preserve">8412497900947 </t>
   </si>
   <si>
-    <t>SQUARE WATER BOTTLE 510 ML BLUEY COOL DAY</t>
+    <t>BOTELLA SQUARE 510 ML BLUEY COOL DAY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497934881 </t>
   </si>
   <si>
-    <t>CERAMIC MUG 11 OZ IN GIFT BOX STITCH SAFE</t>
+    <t>TAZA CERAMICA 325 ML EN CAJA DE REGALO STITCH SAFE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497934928 </t>
   </si>
   <si>
     <t>CERAMIC MUG 11 OZ IN GIFT BOX STITCH &amp; ANGEL OHANA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497938483 </t>
   </si>
   <si>
     <t>CERAMIC 3D MUG 9 OZ IN GIFT BOX BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497947140 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA SUPER MARIO BOWSER DNLS</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX SUPER MARIO BOWSER DNLS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497949311 </t>
   </si>
   <si>
-    <t>TAZA ENTRENAMIENTO FANCY 270 ML CON BOQUILLA DE SILICONA STITCH WITHYOU</t>
+    <t>TODDLER SILICONE FANCY TRAINING MUG 270 ML STITCH WITHYOU CSF</t>
   </si>
   <si>
     <t xml:space="preserve">8412497955008 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA DRAGON BALL SUPER UPDATED DNLS</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX DRAGON BALL SUPER UPDATED DNLS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497973583 </t>
   </si>
   <si>
-    <t>DESKTOP PAD XL SUPER MARIO</t>
+    <t>ALFOMBRILLA XL SUPER MARIO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497973804 </t>
   </si>
   <si>
-    <t>TODDLER TRAINING SEAT MICKEY NATURE</t>
+    <t>ADAPTADOR WC MICKEY NATURE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497973811 </t>
   </si>
   <si>
-    <t>TODDLER TRAINING SEAT MINNIE NATURE</t>
+    <t>ADAPTADOR WC MINNIE NATURE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497973828 </t>
   </si>
   <si>
-    <t>TODDLER TRAINING SEAT STITCH NATURE</t>
+    <t>ADAPTADOR WC STITCH NATURE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497986903 </t>
   </si>
   <si>
-    <t>SET 2 PCS SET 2 PCS (ALUMINIUM BOTTLE AND MULTI COMPARTMENT SANDWICH BOX) BLUEY</t>
+    <t>SET 2 PCS (BOTELLA ALUMINIO Y SANDWICHERA MULTIPLE) BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497986910 </t>
   </si>
   <si>
     <t>SET 2 PCS SET 2 PCS (ALUMINIUM BOTTLE AND MULTI COMPARTMENT SANDWICH BOX) FROZEN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497986927 </t>
   </si>
   <si>
     <t>SET 2 PCS SET 2 PCS (ALUMINIUM BOTTLE AND MULTI COMPARTMENT SANDWICH BOX) MINNIE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497986934 </t>
   </si>
   <si>
-    <t>SET 2 PCS (BOTELLA ALUMINIO Y SANDWICHERA MULTIPLE) PAW PATROL BOY</t>
+    <t>SET 2 PCS SET 2 PCS (ALUMINIUM BOTTLE AND MULTI COMPARTMENT SANDWICH BOX) PAW PATROL BOY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497986941 </t>
   </si>
   <si>
-    <t>SET 2 PCS (BOTELLA ALUMINIO Y SANDWICHERA MULTIPLE) SPIDERMAN</t>
+    <t>SET 2 PCS SET 2 PCS (ALUMINIUM BOTTLE AND MULTI COMPARTMENT SANDWICH BOX) SPIDERMAN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497986958 </t>
   </si>
   <si>
-    <t>SET 2 PCS (BOTELLA ALUMINIO Y SANDWICHERA MULTIPLE) STITCH</t>
+    <t>SET 2 PCS SET 2 PCS (ALUMINIUM BOTTLE AND MULTI COMPARTMENT SANDWICH BOX) STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497986965 </t>
   </si>
   <si>
-    <t>SET 2 PCS SET 2 PCS (ADVENTURE BOTTLE AND MULTI COMPARTMENT SANDWICH BOX) FROZEN</t>
+    <t>SET 2 PCS (BOTELLA AVENTURA Y SANDWICHERA MULTIPLE) FROZEN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497986972 </t>
   </si>
   <si>
-    <t>SET 2 PCS SET 2 PCS (ADVENTURE BOTTLE AND MULTI COMPARTMENT SANDWICH BOX) MINNIE</t>
+    <t>SET 2 PCS (BOTELLA AVENTURA Y SANDWICHERA MULTIPLE) MINNIE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497986989 </t>
   </si>
   <si>
-    <t>SET 2 PCS SET 2 PCS (ADVENTURE BOTTLE AND MULTI COMPARTMENT SANDWICH BOX) SPIDERMAN</t>
+    <t>SET 2 PCS (BOTELLA AVENTURA Y SANDWICHERA MULTIPLE) SPIDERMAN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497986996 </t>
   </si>
   <si>
     <t>SET 2 PCS SET 2 PCS (ADVENTURE BOTTLE AND MULTI COMPARTMENT SANDWICH BOX) STITCH | Stor Brand</t>
   </si>
   <si>
     <t xml:space="preserve">8412497987009 </t>
   </si>
   <si>
     <t>SET 2 PCS SET 2 PCS (ADVENTURE BOTTLE AND MULTI COMPARTMENT SANDWICH BOX) PAW PATROL BOY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497987016 </t>
   </si>
   <si>
-    <t>SET 2 PCS (BOTELLA AVENTURA Y SANDWICHERA MULTIPLE) BLUEY</t>
+    <t>SET 2 PCS SET 2 PCS (ADVENTURE BOTTLE AND MULTI COMPARTMENT SANDWICH BOX) BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497987023 </t>
   </si>
   <si>
-    <t>SET FIESTA 20 PCS (PLATO, CUENCO, VASO) FROZEN</t>
+    <t>SET PARTY 20 PCS (PLATE, BOWL AND TUMBLER) FROZEN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497987054 </t>
   </si>
   <si>
-    <t>SET FIESTA 20 PCS (PLATO, CUENCO, VASO) MINNIE</t>
+    <t>SET PARTY 20 PCS (PLATE, BOWL AND TUMBLER) MINNIE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497987061 </t>
   </si>
   <si>
-    <t>SET PARTY 20 PCS (PLATE, BOWL AND TUMBLER) PAW PATROL</t>
+    <t>SET FIESTA 20 PCS (PLATO, CUENCO, VASO) PAW PATROL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497987115 </t>
   </si>
   <si>
-    <t>SET PARTY 20 PCS (PLATE, BOWL AND TUMBLER) SPIDERMAN</t>
+    <t>SET FIESTA 20 PCS (PLATO, CUENCO, VASO) SPIDERMAN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497987122 </t>
   </si>
   <si>
-    <t>SET 2 PCS (HYDRO BOTTLE AND 400 ML CERAMIC MUG) DRAGON BALL</t>
+    <t>SET 2 PCS (BOTELLA HIDRO Y TAZA CERAMICA 400 ML) DRAGON BALL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497987139 </t>
   </si>
   <si>
     <t>SET 2 PCS (HYDRO BOTTLE AND 400 ML CERAMIC MUG) HELLO KITTY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497987146 </t>
   </si>
   <si>
     <t>SET 2 PCS (HYDRO BOTTLE AND 400 ML CERAMIC MUG) MINECRAFT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497987153 </t>
   </si>
   <si>
-    <t>SET 2 PCS (BOTELLA HIDRO Y TAZA CERAMICA 400 ML) ONE PIECE ANIME</t>
+    <t>SET 2 PCS (HYDRO BOTTLE AND 400 ML CERAMIC MUG) ONE PIECE ANIME</t>
   </si>
   <si>
     <t xml:space="preserve">8412497987160 </t>
   </si>
   <si>
-    <t>SET 2 PCS (BOTELLA HIDRO Y TAZA CERAMICA 400 ML) SONIC</t>
+    <t>SET 2 PCS (HYDRO BOTTLE AND 400 ML CERAMIC MUG) SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497987177 </t>
   </si>
   <si>
-    <t>SET 2 PCS (BOTELLA HIDRO Y TAZA CERAMICA 400 ML) STITCH</t>
+    <t>SET 2 PCS (HYDRO BOTTLE AND 400 ML CERAMIC MUG) STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497987184 </t>
   </si>
   <si>
-    <t>SET 2 PCS (HYDRO BOTTLE AND 325 ML CERAMIC MUG) DRAGON BALL</t>
+    <t>SET 2 PCS (BOTELLA HIDRO Y TAZA CERAMICA 325 ML) DRAGON BALL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497987191 </t>
   </si>
   <si>
-    <t>SET 2 PCS (HYDRO BOTTLE AND 325 ML CERAMIC MUG) HELLO KITTY</t>
+    <t>SET 2 PCS (BOTELLA HIDRO Y TAZA CERAMICA 325 ML) HELLO KITTY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497987207 </t>
   </si>
   <si>
-    <t>SET 2 PCS (HYDRO BOTTLE AND 325 ML CERAMIC MUG) MINECRAFT</t>
+    <t>SET 2 PCS (BOTELLA HIDRO Y TAZA CERAMICA 325 ML) MINECRAFT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497987214 </t>
   </si>
   <si>
     <t>SET 2 PCS (HYDRO BOTTLE AND 325 ML CERAMIC MUG) ONE PIECE ANIME</t>
   </si>
   <si>
     <t xml:space="preserve">8412497987221 </t>
   </si>
   <si>
     <t>SET 2 PCS (HYDRO BOTTLE AND 325 ML CERAMIC MUG) SONIC</t>
   </si>
   <si>
     <t xml:space="preserve">8412497987238 </t>
   </si>
   <si>
-    <t>SET 2 PCS (BOTELLA HIDRO Y TAZA CERAMICA 325 ML) STITCH</t>
+    <t>SET 2 PCS (HYDRO BOTTLE AND 325 ML CERAMIC MUG) STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497988327 </t>
   </si>
   <si>
-    <t>BOTELLA TERMO ACERO INOXIDABLE ANTIVUELCO 515 ML STITCH GREEN PARTY</t>
+    <t>DROP SAFE INSULATED SS BOTTLE 515 ML STITCH GREEN PARTY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497988334 </t>
   </si>
   <si>
-    <t>DROP SAFE INSULATED SS BOTTLE 515 ML STITCH TEAM READY</t>
+    <t>BOTELLA TERMO ACERO INOXIDABLE ANTIVUELCO 515 ML POKEMON TEAM READY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497988341 </t>
   </si>
   <si>
-    <t>CERAMIC RAMEN BOWL WITH CHOPSTICKS IN GIFT BOX STITCH SUNNY LEAVES</t>
+    <t>CUENCO RAMEN CON PALILLOS EN CAJA REGALO STITCH SUNNY LEAVES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497988358 </t>
   </si>
   <si>
     <t>CERAMIC RAMEN BOWL WITH CHOPSTICKS IN GIFT BOX POKEMON BLACK LOGOS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497988365 </t>
   </si>
   <si>
     <t>CERAMIC RAMEN BOWL WITH CHOPSTICKS IN GIFT BOX SUPER MARIO PROTAGONISTS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497990047 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML HELLO KITTY AND FRIENDS</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX HELLO KITTY AND FRIENDS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497990054 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA JURASSIC WORLD</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX JURASSIC WORLD</t>
   </si>
   <si>
     <t xml:space="preserve">8412497990573 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA PEPPA PIG</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX PEPPA PIG</t>
   </si>
   <si>
     <t xml:space="preserve">8412497990641 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX HARRY POTTER DESIGN 1</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA HARRY POTTER DESIGN 1</t>
   </si>
   <si>
     <t xml:space="preserve">8412497990658 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX HARRY POTTER DESIGN 2</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA HARRY POTTER DESIGN 2</t>
   </si>
   <si>
     <t xml:space="preserve">8412497990672 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX FROZEN II DESIGN 1</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA FROZEN II DESIGN 1</t>
   </si>
   <si>
     <t xml:space="preserve">8412497990689 </t>
   </si>
   <si>
     <t>CERAMIC SB MUG 11 OZ IN BOX FROZEN II DESIGN 2</t>
   </si>
   <si>
     <t xml:space="preserve">8412497990733 </t>
   </si>
   <si>
     <t>CERAMIC SB MUG 11 OZ IN BOX PRINCESAS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497990825 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA AVENGERS CAPTAIN AMERICA SHIELD ATTACK</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX AVENGERS CAPTAIN AMERICA SHIELD ATTACK</t>
   </si>
   <si>
     <t xml:space="preserve">8412497990832 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA AVENGERS HULK FIST STRENGTH</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX AVENGERS HULK FIST STRENGTH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497990849 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA AVENGERS IRONMAN FLYING STAR</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX AVENGERS IRONMAN FLYING STAR</t>
   </si>
   <si>
     <t xml:space="preserve">8412497990856 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX AVENGERS GROUP COLLAGE</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA AVENGERS GROUP COLLAGE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497990863 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX AVENGERS GROUP BLUE LETS GO</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA AVENGERS GROUP BLUE LETS GO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497990924 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX KUROMI</t>
+    <t>TAZA CERAMICA SB 325 ML KUROMI</t>
   </si>
   <si>
     <t xml:space="preserve">8412497990979 </t>
   </si>
   <si>
     <t>CERAMIC SB MUG 11 OZ IN BOX HELLO KITTY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497991150 </t>
   </si>
   <si>
     <t>CERAMIC SB MUG 11 OZ IN BOX BLUEY PALMS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497991167 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML BLUEY TUTTI FRUTTI</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX BLUEY TUTTI FRUTTI</t>
   </si>
   <si>
     <t xml:space="preserve">8412497991181 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA ITALIAN BRAINROT</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX ITALIAN BRAINROT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497991334 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA MINECRAFT</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX MINECRAFT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497991341 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX MINECRAFT GIRL</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA MINECRAFT GIRL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497992409 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX STAR WARS DESIGN 1</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA STAR WARS DESIGN 1</t>
   </si>
   <si>
     <t xml:space="preserve">8412497992423 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX STAR WARS DESIGN 2</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA STAR WARS DESIGN 2</t>
   </si>
   <si>
     <t xml:space="preserve">8412497992478 </t>
   </si>
   <si>
     <t>CERAMIC SB MUG 11 OZ IN BOX SPIDERMAN DESIGN 1</t>
   </si>
   <si>
     <t xml:space="preserve">8412497992485 </t>
   </si>
   <si>
     <t>CERAMIC SB MUG 11 OZ IN BOX SPIDERMAN DESIGN 2</t>
   </si>
   <si>
     <t xml:space="preserve">8412497992560 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA MANDALORIAN</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX MANDALORIAN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497992799 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA LOONEY TUNES DESIGN 1</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX LOONEY TUNES DESIGN 1</t>
   </si>
   <si>
     <t xml:space="preserve">8412497992805 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA LOONEY TUNES DESIGN 2</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX LOONEY TUNES DESIGN 2</t>
   </si>
   <si>
     <t xml:space="preserve">8412497993635 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX BATMAN</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA BATMAN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497993642 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX SUPERMAN</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA SUPERMAN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497993796 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX SUPER MARIO DESIGN ON OUR WAY</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA SUPER MARIO DESIGN ON OUR WAY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497993802 </t>
   </si>
   <si>
     <t>CERAMIC SB MUG 11 OZ IN BOX SUPER MARIO DESIGN WAY AHEAD</t>
   </si>
   <si>
     <t xml:space="preserve">8412497994403 </t>
   </si>
   <si>
     <t>CERAMIC SB MUG 11 OZ IN BOX PAW PATROL BOY PUP IT OUT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497994410 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA PAW PATROL BOY FRIENDSHIP BADGE</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOXPAW PATROL BOY FRIENDSHIP BADGE</t>
   </si>
   <si>
     <t xml:space="preserve">8412497994427 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA PAW PATROL BOY PATCHED TOGETHER</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX PAW PATROL BOY PATCHED TOGETHER</t>
   </si>
   <si>
     <t xml:space="preserve">8412497994458 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA PAW PATROL GIRL BUTTERFLY BEATS</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOXPAW PATROL GIRL BUTTERFLY BEATS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497994663 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX DISNEY CLASSICS DESIGN 1</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA CLASICOS DISNEY DESIGN 1</t>
   </si>
   <si>
     <t xml:space="preserve">8412497994670 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX DISNEY CLASSICS DESIGN 2</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA CLASICOS DISNEY DESIGN 2</t>
   </si>
   <si>
     <t xml:space="preserve">8412497994823 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX POKEMON PICACHU</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA POKEMON PICACHU</t>
   </si>
   <si>
     <t xml:space="preserve">8412497994830 </t>
   </si>
   <si>
     <t>CERAMIC SB MUG 11 OZ IN BOX POKEMON VARIOUS CHARACTERS DESIGN 1</t>
   </si>
   <si>
     <t xml:space="preserve">8412497994847 </t>
   </si>
   <si>
     <t>CERAMIC SB MUG 11 OZ IN BOX POKEMON VARIOUS CHARACTERS DESIGN 2</t>
   </si>
   <si>
     <t xml:space="preserve">8412497994854 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA POKEMON VARIOS PERSONAJES DESIGN 3</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX POKEMON VARIOUS CHARACTERS DESIGN 3</t>
   </si>
   <si>
     <t xml:space="preserve">8412497995004 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA STITCH SHAKEIT</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX STITCH SHAKEIT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497995301 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA STITCH SEAWORLD</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX STITCH SEAWORLD</t>
   </si>
   <si>
     <t xml:space="preserve">8412497995516 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX DRAGON BALL BULMA</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA DRAGON BALL BULMA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497995523 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX DRAGON BALL FAMILY</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA DRAGON BALL FAMILY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497995530 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX DRAGON BALL 7 BALLS</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA DRAGON BALL 7 BALLS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497995547 </t>
   </si>
   <si>
     <t>CERAMIC SB MUG 11 OZ IN BOX DRAGON BALL FIGHT</t>
   </si>
   <si>
     <t xml:space="preserve">8412497996230 </t>
   </si>
   <si>
     <t>HYDRO BOTTLE 850 ML HARRY POTTER GRYFFINDOR</t>
   </si>
   <si>
     <t xml:space="preserve">8412497998180 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA DONALD DAISY GRAFFITI</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX DONALD DAISY GRAFFITI</t>
   </si>
   <si>
     <t xml:space="preserve">8412497998197 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA MICKEY AND FRIENDS MUSICAL</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX MICKEY AND FRIENDS MUSICAL</t>
   </si>
   <si>
     <t xml:space="preserve">8412497998203 </t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA MICKEY MINNIE BREAKFAST</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX MICKEY MINNIE BREAKFAST</t>
   </si>
   <si>
     <t xml:space="preserve">8412497998210 </t>
   </si>
   <si>
-    <t>CERAMIC SB MUG 11 OZ IN BOX MICKEY PLUTO FRIENDS</t>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA MICKEY PLUTO FRIENDS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750306 </t>
   </si>
   <si>
-    <t>EASY SPORT TUMBLER 430 ML STITCH PALMS</t>
+    <t>VASO CAÑA EASY 430 ML STITCH PALMS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750320 </t>
   </si>
   <si>
-    <t>SPORT BOTTLE 400 ML STITCH PALMS</t>
+    <t>BOTELLA SPORT 400 ML STITCH PALMS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750313 </t>
   </si>
   <si>
     <t>PLAYGROUND SIPPER BOTTLE 410 ML STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750344 </t>
   </si>
   <si>
     <t>ALUMINIUM BOTTLE 400 ML STITCH PALMS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750351 </t>
   </si>
   <si>
-    <t>ROBOT ESPACIAL 280 ML STITCH DRAWING</t>
+    <t>SPACE CANTEEN 280 ML STITCH DRAWING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750375 </t>
   </si>
   <si>
-    <t>SANDWICHERA MULTIPLE SUPREMA STITCH DRAWING</t>
+    <t>SUPREME MULTI COMPARTMENT SANDWICH BOX STITCH DRAWING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750382 </t>
   </si>
   <si>
-    <t>SANDWICHERA URBAN STITCH PALMS</t>
+    <t>URBAN SANDWICH BOX STITCH PALMS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750405 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO INFANTIL 600 ML STITCH PALMS</t>
+    <t>DAILY ALUMINIUM BOTTLE 600 ML STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750412 </t>
   </si>
   <si>
-    <t>SMALL ECOZEN BOTTLE 475 ML STITCH DRAWING</t>
+    <t>BOTELLA ECOZEN PEQUEÑA 475 ML STITCH DRAWING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750429 </t>
   </si>
   <si>
-    <t>ACTIVE CANTEEN 510 ML STITCH DRAWING</t>
+    <t>BOTELLA ACTIVE 510 ML STITCH DRAWING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750436 </t>
   </si>
   <si>
-    <t>ASKER LUNCH BOX STITCH DRAWING</t>
+    <t>SANDWICHERA ASKER STITCH DRAWING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750467 </t>
   </si>
   <si>
     <t>MICRO BOWL STITCH PALMS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750474 </t>
   </si>
   <si>
     <t>MICRO PLATE STITCH PALMS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750504 </t>
   </si>
   <si>
-    <t>SET MICRO 5 PCS (PLATO, CUENCO, VASO Y CUBIERTOS) EN CAJA STITCH PALMS</t>
+    <t>5 PCS  MCIRO SET (PLATE, BOWL, TUMBLER, CUTLERY) STITCH PALMS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750511 </t>
   </si>
   <si>
-    <t>BOTELLA SIPPER 350 ML STITCH</t>
+    <t>CHARACTER SIPPER BOTTLE 350 ML STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750528 </t>
   </si>
   <si>
-    <t>BOTELLA ALUMINIO CON FIGURITA 3D 690 ML STITCH DRAWING</t>
+    <t>3D FIGURINE ALUMINIUM BOTTLE 690 ML STITCH DRAWING</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750535 </t>
   </si>
   <si>
-    <t>RECTANGULAR INSULATED BAG STITCH PALMS</t>
+    <t>BOLSA MERIENDA AISLANTE RECTANGULAR STITCH PALMS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750542 </t>
   </si>
   <si>
-    <t>DRAWSTRING LUNCH BAG STITCH BLUE LEAVES</t>
+    <t>BOLSA MERIENDA STITCH BLUE LEAVES</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750559 </t>
   </si>
   <si>
-    <t>EASY HOLD SPORT BOTTLE 380 ML STITCH PALMS</t>
+    <t>BOTELLA SPORT EASY HOLD 380 ML STITCH PALMS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497750368 </t>
   </si>
   <si>
     <t>SMALL ECOZEN HYDRO BOTTLE 430 ML STITCH</t>
   </si>
   <si>
     <t xml:space="preserve">8412497033942 </t>
   </si>
   <si>
     <t>03394</t>
   </si>
   <si>
     <t>STORAGE CLICK BOX 7 L SPIDERMAN URBAN WEB</t>
   </si>
   <si>
     <t xml:space="preserve">8412497033959 </t>
   </si>
   <si>
     <t>03395</t>
   </si>
   <si>
-    <t>CAJA CLICK 13 L SPIDERMAN URBAN WEB</t>
+    <t>STORAGE CLICK BOX 13 L SPIDERMAN URBAN WEB</t>
   </si>
   <si>
     <t xml:space="preserve">8412497033966 </t>
   </si>
   <si>
     <t>03396</t>
   </si>
   <si>
-    <t>CAJA CLICK 23 L SPIDERMAN URBAN WEB</t>
+    <t>STORAGE CLICK BOX 23 L SPIDERMAN URBAN WEB</t>
   </si>
   <si>
     <t xml:space="preserve">8412497035816 </t>
   </si>
   <si>
     <t>03581</t>
   </si>
   <si>
-    <t>BOTELLA ACERO INOXIDABLE 780 ML SUPER MARIO</t>
+    <t>STAINLESS STEEL BOTTLE 780 ML SUPER MARIO</t>
   </si>
   <si>
     <t xml:space="preserve">8412497036646 </t>
   </si>
   <si>
     <t>03664</t>
   </si>
   <si>
-    <t>STORAGE CLICK BOX 7 L BLUEY</t>
+    <t>CAJA CLICK 7 L BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497036653 </t>
   </si>
   <si>
     <t>03665</t>
   </si>
   <si>
-    <t>STORAGE CLICK BOX 13 L BLUEY</t>
+    <t>CAJA CLICK 13 L BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497036660 </t>
   </si>
   <si>
     <t>03666</t>
   </si>
   <si>
-    <t>STORAGE CLICK BOX 23 L BLUEY</t>
+    <t>CAJA CLICK 23 L BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497040766 </t>
   </si>
   <si>
     <t>04076</t>
   </si>
   <si>
     <t>CERAMIC SB MUG 11 OZ IN BOX SQUID GAME</t>
   </si>
   <si>
     <t xml:space="preserve">8412497041169 </t>
   </si>
   <si>
     <t>04116</t>
   </si>
   <si>
     <t>CERAMIC SB MUG 11 OZ IN BOX NIGHTMARE BEFORE CHRISTMAS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497049103 </t>
   </si>
   <si>
     <t>04910</t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA LORD OF THE RINGS</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX LORD OF THE RINGS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497051717 </t>
   </si>
   <si>
     <t>05171</t>
   </si>
   <si>
-    <t>MINI WC CON ASAS PEPPA PIG</t>
+    <t>OFFSET MINI WC WITH HANDLES PEPPA PIG</t>
   </si>
   <si>
     <t xml:space="preserve">8412497066407 </t>
   </si>
   <si>
     <t>06640</t>
   </si>
   <si>
-    <t>TAZA CERAMICA DESAYUNO 400 ML EN CAJA REGALO HARRY POTTER MAGIC SYMBOLS</t>
+    <t>CERAMIC BREAKFAST MUG 14 OZ IN GIFT BOX HARRY POTTER MAGIC SYMBOLS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497070909 </t>
   </si>
   <si>
     <t>07090</t>
   </si>
   <si>
-    <t>DUSTBIN PAW PATROL BOY FRIENDSHIP FUN ZWD</t>
+    <t>PAPELERA PAW PATROL BOY FRIENDSHIP FUN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497071296 </t>
   </si>
   <si>
     <t>07129</t>
   </si>
   <si>
-    <t>DUSTBIN SPIDERMAN CITY ZWD</t>
+    <t>PAPELERA SPIDERMAN CITY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497071388 </t>
   </si>
   <si>
     <t>07138</t>
   </si>
   <si>
-    <t>DUSTBIN BLUEY ZWD</t>
+    <t>PAPELERA BLUEY</t>
   </si>
   <si>
     <t xml:space="preserve">8412497072330 </t>
   </si>
   <si>
     <t>07233</t>
   </si>
   <si>
     <t>5 DRAWERS 9L CHEST HARRY POTTER DNLS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497075065 </t>
   </si>
   <si>
     <t>07506</t>
   </si>
   <si>
     <t>CERAMIC MUG 11 OZ IN GIFT BOX POKEMON 4 DANCERS DNLS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497075119 </t>
   </si>
   <si>
     <t>07511</t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA POKEMON CONFETTI</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX POKEMON CONFETTI</t>
   </si>
   <si>
     <t xml:space="preserve">8412497075225 </t>
   </si>
   <si>
     <t>07522</t>
   </si>
   <si>
-    <t>TAZA CERAMICA 325 ML EN CAJA DE REGALO SUPER MARIO GROUP  DNLS</t>
+    <t>CERAMIC MUG 11 OZ IN GIFT BOX SUPER MARIO GROUP DNLS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497078561 </t>
   </si>
   <si>
     <t>07856</t>
   </si>
   <si>
-    <t>TAZA CERAMICA 325 ML EN CAJA REGALO HARRY POTTER CHIBI HOUSES DNLS YA</t>
+    <t>CERAMIC MUG 11 OZ IN GIFT BOX HARRY POTTER CHIBI HOUSES DNLS YA</t>
   </si>
   <si>
     <t xml:space="preserve">8412497080106 </t>
   </si>
   <si>
     <t>08010</t>
   </si>
   <si>
-    <t>5 PCS  MCIRO SET (PLATE, BOWL, TUMBLER, CUTLERY) POKEMON DISTORTION</t>
+    <t>SET MICRO 5 PCS (PLATO, CUENCO, VASO Y CUBIERTOS) EN CAJA POKEMON DISTORTION</t>
   </si>
   <si>
     <t xml:space="preserve">8412497080137 </t>
   </si>
   <si>
     <t>08013</t>
   </si>
   <si>
-    <t>LARGE ECOZEN ADVENTURE BOTTLE 650 ML POKEMON</t>
+    <t>BOTELLA AVENTURA ECOZEN 650 ML POKEMON</t>
   </si>
   <si>
     <t xml:space="preserve">8412497080175 </t>
   </si>
   <si>
     <t>08017</t>
   </si>
   <si>
-    <t>2 PCS PP CUTLERY (SPOON AND FORK) SET IN POLYBAG POKEMON DISTORSION</t>
+    <t>SET DE 2 CUBIERTOS PP (CUCHARA Y TENEDOR) POKEMON DISTORSION</t>
   </si>
   <si>
     <t xml:space="preserve">8412497080182 </t>
   </si>
   <si>
     <t>08018</t>
   </si>
   <si>
     <t>2 PCS ELLIPTICAL METALLIC CUTLERY (SPOON AND FORK) SET POKEMON</t>
   </si>
   <si>
     <t xml:space="preserve">8412497080199 </t>
   </si>
   <si>
     <t>08019</t>
   </si>
   <si>
     <t>EASY OFFSET PLACEMAT POKEMON DISTORSION DUN</t>
   </si>
   <si>
     <t xml:space="preserve">8412497080205 </t>
   </si>
   <si>
     <t>08020</t>
   </si>
   <si>
-    <t>SANDWICHERA MULTIPLE POKEMON</t>
+    <t>MULTI COMPARTMENT SANDWICH BOX POKEMON</t>
   </si>
   <si>
     <t xml:space="preserve">8412497080304 </t>
   </si>
   <si>
     <t>08030</t>
   </si>
   <si>
-    <t>VASO CAÑA EASY 430 ML POKEMON DISTORSION</t>
+    <t>EASY SPORT TUMBLER 430 ML POKEMON DISTORSION</t>
   </si>
   <si>
     <t xml:space="preserve">8412497080328 </t>
   </si>
   <si>
     <t>08032</t>
   </si>
   <si>
-    <t>BOTELLA SPORT 400 ML POKEMON DISTORSION</t>
+    <t>SPORT BOTTLE 400 ML POKEMON DISTORSION</t>
   </si>
   <si>
     <t xml:space="preserve">8412497080342 </t>
   </si>
   <si>
     <t>08034</t>
   </si>
   <si>
-    <t>ALUMINIUM BOTTLE 400 ML POKEMON</t>
+    <t>BOTELLA ALUMINIO PEQUEÑA 400 ML POKEMON</t>
   </si>
   <si>
     <t xml:space="preserve">8412497080366 </t>
   </si>
   <si>
     <t>08036</t>
   </si>
   <si>
-    <t>SMALL ECOZEN HYDRO BOTTLE 430 ML POKEMON DISTORSION</t>
+    <t>BOTELLA ECOZEN HIDRO PEQUEÑA 430 ML POKEMON DISTORSION</t>
   </si>
   <si>
     <t xml:space="preserve">8412497080380 </t>
   </si>
   <si>
     <t>08038</t>
   </si>
   <si>
-    <t>URBAN SANDWICH BOX POKEMON</t>
+    <t>SANDWICHERA URBAN POKEMON</t>
   </si>
   <si>
     <t xml:space="preserve">8412497080397 </t>
   </si>
   <si>
     <t>08039</t>
   </si>
   <si>
     <t>DAILY ALUMINIUM BOTTLE 600 ML POKEMON DISTORSION</t>
   </si>
   <si>
     <t xml:space="preserve">8412497080403 </t>
   </si>
   <si>
     <t>08040</t>
   </si>
   <si>
     <t>SPORT BOTTLE 400 ML UNICORN RANGE RTD</t>
   </si>
   <si>
     <t xml:space="preserve">8412497080410 </t>
   </si>
   <si>
     <t>08041</t>
   </si>
   <si>
-    <t>VASO CAÑA EASY 430 ML UNICORN RANGE</t>
+    <t>EASY SPORT TUMBLER 430 ML UNICORN RANGE RTD</t>
   </si>
   <si>
     <t xml:space="preserve">8412497080465 </t>
   </si>
   <si>
     <t>08046</t>
   </si>
   <si>
-    <t>CUENCO MICRO POKEMON DISTORSION</t>
+    <t>MICRO BOWL POKEMON DISTORSION</t>
   </si>
   <si>
     <t xml:space="preserve">8412497080748 </t>
   </si>
   <si>
     <t>08074</t>
   </si>
   <si>
-    <t>SANDWICHERA RECTANGULAR POKEMON DISTORTION</t>
+    <t>FUNNY SANDWICH BOX POKEMON DISTORSION</t>
   </si>
   <si>
     <t xml:space="preserve">8412497080878 </t>
   </si>
   <si>
     <t>08087</t>
   </si>
   <si>
-    <t>DROP SAFE SILICONE STRAW PP TUMBLER 370 ML POKEMON DOODLE GRIP</t>
+    <t>VASO PP ANTIVUELCO CON PAJITA DE SILICONA 370 ML POKEMON DOODLE GRIP</t>
   </si>
   <si>
     <t xml:space="preserve">8412497080892 </t>
   </si>
   <si>
     <t>08089</t>
   </si>
   <si>
-    <t>DROP SAFE PP TUMBLER 470 ML POKEMON DOODLE GRIP</t>
+    <t>VASO ANTIVUELCO PP 470 ML POKEMON DOODLE GRIP</t>
   </si>
   <si>
     <t xml:space="preserve">8412497080908 </t>
   </si>
   <si>
     <t>08090</t>
   </si>
   <si>
     <t>HIGH ALUMINIUM BOTTLE 530 ML POKEMON DISTORSION</t>
   </si>
   <si>
     <t xml:space="preserve">8412497083558 </t>
   </si>
   <si>
     <t>08355</t>
   </si>
   <si>
-    <t>TAZA CERAMICA SB 325 ML EN CAJA SONIC ROLLING WH</t>
+    <t>CERAMIC SB MUG 11 OZ IN BOX SONIC ROLLING WH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497084623 </t>
+  </si>
+  <si>
+    <t>08462</t>
+  </si>
+  <si>
+    <t>DAILY PP BOTTLE 560 ML STITCH BEACH WH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497084654 </t>
+  </si>
+  <si>
+    <t>08465</t>
+  </si>
+  <si>
+    <t>CERAMIC MUG 11 OZ IN GIFT BOX SONIC GAME ON WH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497086153 </t>
+  </si>
+  <si>
+    <t>08615</t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA SUPER MARIO II</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497087341 </t>
+  </si>
+  <si>
+    <t>08734</t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA MICKEY CHRISTMAS DNLS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497087389 </t>
+  </si>
+  <si>
+    <t>08738</t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA MINNIE CHRISTMAS DNLS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497094479 </t>
+  </si>
+  <si>
+    <t>09447</t>
+  </si>
+  <si>
+    <t>CERAMIC SB MUG 11 OZ IN BOX ANIMAL CROSSING GROUP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497095612 </t>
+  </si>
+  <si>
+    <t>09561</t>
+  </si>
+  <si>
+    <t>FUNNY SANDWICH BOX UNICORN RANGE RTD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497095940 </t>
+  </si>
+  <si>
+    <t>09594</t>
+  </si>
+  <si>
+    <t>STORAGE CLICK BOX 7 L SUPER MARIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497095957 </t>
+  </si>
+  <si>
+    <t>09595</t>
+  </si>
+  <si>
+    <t>STORAGE CLICK BOX 13 L SUPER MARIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497095964 </t>
+  </si>
+  <si>
+    <t>09596</t>
+  </si>
+  <si>
+    <t>STORAGE CLICK BOX 23 L SUPER MARIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497095995 </t>
+  </si>
+  <si>
+    <t>09599</t>
+  </si>
+  <si>
+    <t>VASO EASY PEQUEÑO 260 ML UNICORN RANGE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497096503 </t>
+  </si>
+  <si>
+    <t>09650</t>
+  </si>
+  <si>
+    <t>SANDWICHERA URBAN SUPER MARIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497097104 </t>
+  </si>
+  <si>
+    <t>09710</t>
+  </si>
+  <si>
+    <t>TAZA MICRO 390 ML UNICORN RANGE RTD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497097111 </t>
+  </si>
+  <si>
+    <t>09711</t>
+  </si>
+  <si>
+    <t>ALUMINIUM BOTTLE 400 ML UNICORN RANGE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497097227 </t>
+  </si>
+  <si>
+    <t>09722</t>
+  </si>
+  <si>
+    <t>MULTI COMPARTMENT SANDWICH BOX UNICORN RANGE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497097302 </t>
+  </si>
+  <si>
+    <t>09730</t>
+  </si>
+  <si>
+    <t>3D FIGURINE TUMBLER 360 ML UNICORN RANGE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497101016 </t>
+  </si>
+  <si>
+    <t>3D ECOZEN FIGURINE BOTTLE 560 ML AVENGERS SEVEN WONDERS CAPTAIN AMERICA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497101023 </t>
+  </si>
+  <si>
+    <t>3D ECOZEN FIGURINE BOTTLE 560 ML AVENGERS SEVEN WONDERS HULK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497101030 </t>
+  </si>
+  <si>
+    <t>BOTELLA FIGURITA 3D 560 ML AVENGERS SEVEN WONDERS IRON MAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497101092 </t>
+  </si>
+  <si>
+    <t>BOTELLA FIGURITA 3D 560 ML BLUEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497101276 </t>
+  </si>
+  <si>
+    <t>BOTELLA FIGURITA 3D 560 ML POKEMON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497102013 </t>
+  </si>
+  <si>
+    <t>3D FIGURINE TUMBLER 360 ML AVENGERS SEVEN WONDERS CAPTAIN AMERICA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497102020 </t>
+  </si>
+  <si>
+    <t>3D FIGURINE TUMBLER 360 ML AVENGERS SEVEN WONDERS HULK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497102037 </t>
+  </si>
+  <si>
+    <t>3D FIGURINE TUMBLER 360 ML AVENGERS SEVEN WONDERS IRON MAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497102235 </t>
+  </si>
+  <si>
+    <t>CERAMIC SB MUG 11 OZ IN BOX POKEMON ALL POKEBALLS EVER DNLS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497102266 </t>
+  </si>
+  <si>
+    <t>CERAMIC SB MUG 11 OZ IN BOX SQUID GAME BAD PEOPLE DNLS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497102310 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA SUPER MARIO FACE DNLS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497102518 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA FRIENDS CENTRAL PERK DNLS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497102525 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA FRIENDS CHIBI DNLS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497104017 </t>
+  </si>
+  <si>
+    <t>BABY 5 OZ WIDENECK BOTTLE SILICONE TEAT 3 POSITIONS MICKEY MOUSE FULL OF SMILES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497104024 </t>
+  </si>
+  <si>
+    <t>BABY 8 OZ WIDENECK BOTTLE SILICONE TEAT 3 POSITIONS MICKEY MOUSE FULL OF SMILES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497104031 </t>
+  </si>
+  <si>
+    <t>BABY 12 OZ WIDENECK BOTTLE SILICONE TEAT 3 POSITIONS MICKEY MOUSE FULL OF SMILES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497104048 </t>
+  </si>
+  <si>
+    <t>BABY 12 OZ WIDENECK BOTTLE SILICONE TEAT 3 POSITIONS WITH HANDLES MICKEY MOUSE FULL OF SMILES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497104079 </t>
+  </si>
+  <si>
+    <t>BABY 3 PCS SET IN GIFT BOX (TRAINING MUG, BOWL, SPOON) MICKEY MOUSE FULL OF SMILES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497104116 </t>
+  </si>
+  <si>
+    <t>MORDEDOR RELLENO DE AGUA MICKEY MOUSE FULL OF SMILES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497104239 </t>
+  </si>
+  <si>
+    <t>SUJETA CHUPETES MICKEY MOUSE FULL OF SMILES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497104260 </t>
+  </si>
+  <si>
+    <t>TAZA ENTRENAMIENTO FANCY 270 ML CON BOQUILLA DE SILICONA MICKEY MOUSE FULL OF SMILES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497104291 </t>
+  </si>
+  <si>
+    <t>TODDLER SILICONE BIB MICKEY MOUSE FULL OF SMILES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497104512 </t>
+  </si>
+  <si>
+    <t>BABY FRUIT FEEDER MICKEY MOUSE FULL OF SMILES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497104659 </t>
+  </si>
+  <si>
+    <t>BABY 2 PCS SET SYMMETRICAL PACIFIER SILICONE +6 M WITH COVER MICKEY MOUSE FULL OF SMILES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497104666 </t>
+  </si>
+  <si>
+    <t>TODDLER 2 PCS PP SPOONS TRAVEL SET MICKEY MOUSE FULL OF SMILES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497104673 </t>
+  </si>
+  <si>
+    <t>BABY 2 PCS SET ORTHODONTIC PACIFIER SILICONE +6 M WITH COVER MICKEY MOUSE FULL OF SMILES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497104697 </t>
+  </si>
+  <si>
+    <t>SET 2 CHUPETES TETINA ANATOMICA SILICONA 0 A 6 M CON FUNDA MICKEY MOUSE FULL OF SMILES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497104710 </t>
+  </si>
+  <si>
+    <t>MINI WC CON ASAS MICKEY MOUSE FULL OF SMILES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497107650 </t>
+  </si>
+  <si>
+    <t>SET 2 CHUPETES TETINA REVERSIBLE SILICONA +6 M CON FUNDA MINNIE MOUSE HEART FULL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497107667 </t>
+  </si>
+  <si>
+    <t>TODDLER 2 PCS PP SPOONS TRAVEL SET MINNIE MOUSE HEART FULL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497107674 </t>
+  </si>
+  <si>
+    <t>BABY 2 PCS SET ORTHODONTIC PACIFIER SILICONE +6 M WITH COVER MINNIE MOUSE HEART FULL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497107698 </t>
+  </si>
+  <si>
+    <t>BABY 2 PCS SET ORTHODONTIC PACIFIER SILICONE 0-6 M WITH COVER MINNIE MOUSE HEART FULL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497107711 </t>
+  </si>
+  <si>
+    <t>OFFSET MINI WC WITH HANDLES MINNIE MOUSE HEART FULL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497122356 </t>
+  </si>
+  <si>
+    <t>TODDLER DIVIDED SILICONE PLATE MINNIE MOUSE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497133048 </t>
+  </si>
+  <si>
+    <t>VASO 360 ENTRENAMIENTO 395 ML MICKEY MOUSE FULL OF SMILES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497133147 </t>
+  </si>
+  <si>
+    <t>VASO 360 ENTRENAMIENTO 395 ML MINNIE MOUSE HEART FULL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497144679 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA PACK-MAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497147045 </t>
+  </si>
+  <si>
+    <t>MICRO MUG 390 ML LA GRANJA DE ZENON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497147076 </t>
+  </si>
+  <si>
+    <t>EASY PP TUMBLER 260 ML LA GRANJA DE ZENON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497147205 </t>
+  </si>
+  <si>
+    <t>MULTI COMPARTMENT SANDWICH BOX LA GRANJA DE ZENON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497147304 </t>
+  </si>
+  <si>
+    <t>EASY SPORT TUMBLER 430 ML LA GRANJA DE ZENON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497147328 </t>
+  </si>
+  <si>
+    <t>SPORT BOTTLE 400 ML LA GRANJA DE ZENON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497147649 </t>
+  </si>
+  <si>
+    <t>SANDWICHERA RECTANGULAR LA GRANJA DE ZENON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497151714 </t>
+  </si>
+  <si>
+    <t>VASO APILABLE TRANSPARENTE 170 ML.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497151752 </t>
+  </si>
+  <si>
+    <t>STOR VASO APILABLE PP TRANSPARENTE 170 ML</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497152018 </t>
+  </si>
+  <si>
+    <t>SMALL GLASS 23 CL TRANSPARENT POLYCARBONATE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497152315 </t>
+  </si>
+  <si>
+    <t>STACKABLE TUMBLER 230 ML</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497152353 </t>
+  </si>
+  <si>
+    <t>STACKABLE TRANSPARENT PP TUMBLER 230 ML</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497152513 </t>
+  </si>
+  <si>
+    <t>SMALL GLASS 29 CL TRANSPARENT POLYCARBONATE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497152605 </t>
+  </si>
+  <si>
+    <t>STOR LOTE 24 VASOS PP TRANSPARENTES REUTILIZABLES 260 ML</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497152810 </t>
+  </si>
+  <si>
+    <t>VASO APILABLE TRANSPARENTE 280 ML.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497152858 </t>
+  </si>
+  <si>
+    <t>VASO APILABLE PP TRANSPARENTE 280 ML.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497153213 </t>
+  </si>
+  <si>
+    <t>VASO APILABLE TRANSPARENTE 340 ML.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497153251 </t>
+  </si>
+  <si>
+    <t>STACKABLE TRANSPARENT PP TUMBLER 340 ML</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497153312 </t>
+  </si>
+  <si>
+    <t>SMALL GLASS 35 CL TRANSPARENT POLYCARBONATE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497155385 </t>
+  </si>
+  <si>
+    <t>SMALL ECOZEN ADVENTURE BOTTLE 460 ML PEPPA PIG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497155507 </t>
+  </si>
+  <si>
+    <t>STOR VASO PP TRANSPARENTE REUTILIZABLE 550 ML</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497155514 </t>
+  </si>
+  <si>
+    <t>STACKABLE TUMBLER 500 ML</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497155552 </t>
+  </si>
+  <si>
+    <t>STOR VASO APILABLE PP TRANSPARENTE 500 ML</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497158003 </t>
+  </si>
+  <si>
+    <t>JARRA PC 1500 ML.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497158102 </t>
+  </si>
+  <si>
+    <t>COPA PC BUFFET 260 ML.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497158133 </t>
+  </si>
+  <si>
+    <t>GOBLET PC 465 ML</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497158195 </t>
+  </si>
+  <si>
+    <t>CHAMPAGNE FLUTE PC 155 ML</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497158201 </t>
+  </si>
+  <si>
+    <t>CHAMPAGNE POLICARNBONATE 100 ML</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497158300 </t>
+  </si>
+  <si>
+    <t>TALL TUMBLER POLICARBONATE 400 ML.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497158362 </t>
+  </si>
+  <si>
+    <t>WINE GLASS PC 375 ML</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497158409 </t>
+  </si>
+  <si>
+    <t>VASO BAJO PC 300 ML.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497158508 </t>
+  </si>
+  <si>
+    <t>VASO PC LICOR 60 ML.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497158607 </t>
+  </si>
+  <si>
+    <t>VASO CHUPITO PC 4 CL.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497158706 </t>
+  </si>
+  <si>
+    <t>CIDER GLASS PC 50 CL.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497158751 </t>
+  </si>
+  <si>
+    <t>MOJITO TUMBLER PC 230 ML</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497201679 </t>
+  </si>
+  <si>
+    <t>CERAMIC SB MUG 11 OZ IN BOX CAPIBARA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497201747 </t>
+  </si>
+  <si>
+    <t>FUNNY SANDWICH BOX CAPIBARA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497207749 </t>
+  </si>
+  <si>
+    <t>FUNNY SANDWICH BOX DRAGON BALL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497744329 </t>
+  </si>
+  <si>
+    <t>SPORT BOTTLE 400 ML MINNIE MOUSE SPRING LOOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497746798 </t>
+  </si>
+  <si>
+    <t>VASO ANTIVUELCO PP 470 ML PAW PATROL BOY HI THERE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497746873 </t>
+  </si>
+  <si>
+    <t>DROP SAFE SILICONE STRAW PP TUMBLER 370 ML PAW PATROL BOY HI THERE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497747047 </t>
+  </si>
+  <si>
+    <t>MICRO MUG 390 ML SPIDERMAN MIDNIGHT FLYER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497747078 </t>
+  </si>
+  <si>
+    <t>EASY PP TUMBLER 260 ML SPIDERMAN MIDNIGHT FLYER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497747146 </t>
+  </si>
+  <si>
+    <t>SQUARE WATER BOTTLE 510 ML SPIDERMAN ARACHNID GRID</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497747184 </t>
+  </si>
+  <si>
+    <t>SET DE 2 CUBIERTOS METALICOS SPIDERMAN ARACHNID GRID</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497747238 </t>
+  </si>
+  <si>
+    <t>BOTELLA ECOZEN HIDRO GRANDE 540 ML SPIDERMAN ARACHNID GRID</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497747405 </t>
+  </si>
+  <si>
+    <t>BOTELLA ALUMINIO INFANTIL 600 ML SPIDERMAN ARACHNID GRID</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497747429 </t>
+  </si>
+  <si>
+    <t>ACTIVE CANTEEN 510 ML SPIDERMAN ARACHNID GRID</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497747603 </t>
+  </si>
+  <si>
+    <t>HIGH ALUMINIUM BOTTLE 530 ML SPIDERMAN ARACHNID GRID</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497747672 </t>
+  </si>
+  <si>
+    <t>DROP SAFE PP MUG 410 ML SPIDERMAN DIMENSION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497747740 </t>
+  </si>
+  <si>
+    <t>FUNNY SANDWICH BOX SPIDERMAN MIDNIGHT FLYER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497747795 </t>
+  </si>
+  <si>
+    <t>VASO ANTIVUELCO PP 470 ML SPIDERMAN DIMENSION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497747870 </t>
+  </si>
+  <si>
+    <t>VASO PP ANTIVUELCO CON PAJITA DE SILICONA 370 ML SPIDERMAN DIMENSION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497748495 </t>
+  </si>
+  <si>
+    <t>AQUA BOTTLE 980 ML SONIC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497748525 </t>
+  </si>
+  <si>
+    <t>3D ECOZEN FIGURINE BOTTLE 560 ML AVENGERS INVINCIBLE FORCE HULK.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497748600 </t>
+  </si>
+  <si>
+    <t>3D ECOZEN FIGURINE BOTTLE 560 ML STITCH FLOWERS AS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497748693 </t>
+  </si>
+  <si>
+    <t>3D FIGURINE TUMBLER 360 ML STITCH FLOWERS AS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497750276 </t>
+  </si>
+  <si>
+    <t>BOTELLA SPRAY 575 ML STITCH DRAWING</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497752102 </t>
+  </si>
+  <si>
+    <t>BOTELLA SCHOOL 370 ML SUPER MARIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497752409 </t>
+  </si>
+  <si>
+    <t>BOTELLA ALUMINIO INFANTIL 600 ML SUPER MARIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497752508 </t>
+  </si>
+  <si>
+    <t>5 PCS  MCIRO SET (PLATE, BOWL, TUMBLER, CUTLERY) SUPER MARIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497752553 </t>
+  </si>
+  <si>
+    <t>EASY HOLD SPORT BOTTLE 380 ML SUPER MARIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497752607 </t>
+  </si>
+  <si>
+    <t>HIGH ALUMINIUM BOTTLE 530 ML SUPER MARIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497753055 </t>
+  </si>
+  <si>
+    <t>INSULATED FRIENDLY DRAWSTRING BAG HARRY POTTER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497753154 </t>
+  </si>
+  <si>
+    <t>2 PCS GLASS CASUAL TUMBLER 490 ML SET HARRY POTTER GOLDEN MAGIC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497753185 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA ELITE 380 ML EN CAJA REGALO HARRY POTTER GOLDEN MAGIC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497753437 </t>
+  </si>
+  <si>
+    <t>TAZA TERMO XL ACERO INOXIDABLE 940 ML HARRY POTTER GOLDEN MAGIC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497753468 </t>
+  </si>
+  <si>
+    <t>VASO PS DOBLE PARED ANTIVUELCO 625 ML HARRY POTTER INTERESTELLAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497753482 </t>
+  </si>
+  <si>
+    <t>CERAMIC DROP SAFE MUG 10 OZ HARRY POTTER INTERESTELLAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497753499 </t>
+  </si>
+  <si>
+    <t>AQUA BOTTLE 980 ML HARRY POTTER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497753512 </t>
+  </si>
+  <si>
+    <t>HYDRO BOTTLE 850 ML HELLO KITTY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497753550 </t>
+  </si>
+  <si>
+    <t>BOTELLA TERMO ACERO INOXIDABLE 515 ML HELLO KITTY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497753581 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA 325 ML EN CAJA REGALO HELLO KITTY YA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497753642 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA DESAYUNO 400 ML EN CAJA REGALO HELLO KITTY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497754052 </t>
+  </si>
+  <si>
+    <t>INSULATED FRIENDLY DRAWSTRING BAG MARVEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497754090 </t>
+  </si>
+  <si>
+    <t>ALUMINIUM TREND BOTTLE 755 ML MARVEL PATTERN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497754151 </t>
+  </si>
+  <si>
+    <t>2 PCS GLASS CASUAL TUMBLER 490 ML MARVEL PATTERN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497754182 </t>
+  </si>
+  <si>
+    <t>CERAMIC ELITE MUG 13 OZ IN GIFT BOX MARVEL PATTERN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497754250 </t>
+  </si>
+  <si>
+    <t>INSULATED STAINLESS STEEL BOTTLE 515 ML MARVEL PATTERN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497754267 </t>
+  </si>
+  <si>
+    <t>BOTELLA ACERO INOXIDABLE 780 ML MARVEL PATTERN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497754311 </t>
+  </si>
+  <si>
+    <t>BOTELLA HIDRO 850 ML MARVEL PATTERN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497754342 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA DESAYUNO 400 ML EN CAJA REGALO MARVEL PATTERN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497754366 </t>
+  </si>
+  <si>
+    <t>CERAMIC GLOBE MUG 13 OZ IN GIFT BOX MARVEL PATTERN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497754373 </t>
+  </si>
+  <si>
+    <t>CERAMIC SB MUG 11 OZ IN BOX MARVEL PATTERN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497754380 </t>
+  </si>
+  <si>
+    <t>CERAMIC MUG 11 OZ IN GIFT BOX MARVEL PATTERN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497754434 </t>
+  </si>
+  <si>
+    <t>DW INSULATED STAINLESS STEEL XL RAMBLER MUG 940 ML MARVEL PATTERN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497754465 </t>
+  </si>
+  <si>
+    <t>DROP SAFE DOUBLE WALL PS TUMBLER 705 ML MARVEL AVENGERS COMIC ENERGY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497754489 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA ANTIVUELCO 300 ML MARVEL AVENGERS COMIC ENERGY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497754496 </t>
+  </si>
+  <si>
+    <t>AQUA BOTTLE 980 ML MARVEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497755431 </t>
+  </si>
+  <si>
+    <t>DW INSULATED STAINLESS STEEL XL RAMBLER MUG 940 ML MICKEY MOUSE CHILL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497755554 </t>
+  </si>
+  <si>
+    <t>INSULATED FRIENDLY DRAWSTRING BAG MICKEY MOUSE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497755592 </t>
+  </si>
+  <si>
+    <t>ALUMINIUM TREND BOTTLE 755 ML MICKEY MOUSE VINTAGE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497755653 </t>
+  </si>
+  <si>
+    <t>2 PCS GLASS CASUAL TUMBLER 490 ML MICKEY MOUSE VINTAGE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497755660 </t>
+  </si>
+  <si>
+    <t>BOTELLA ACERO INOXIDABLE 780 ML MICKEY MOUSE VINTAGE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497755684 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA ELITE 380 ML EN CAJA REGALO MICKEY MOUSE VINTAGE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497755714 </t>
+  </si>
+  <si>
+    <t>BOTELLA HIDRO 850 ML MICKEY MOUSE VINTAGE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497755745 </t>
+  </si>
+  <si>
+    <t>CERAMIC BREAKFAST MUG 14 OZ IN GIFT BOX MICKEY MOUSE VINTAGE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497755769 </t>
+  </si>
+  <si>
+    <t>CERAMIC GLOBE MUG 13 OZ IN GIFT BOX MICKEY MOUSE VINTAGE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497757381 </t>
+  </si>
+  <si>
+    <t>CERAMIC MUG 11 OZ IN GIFT BOX MINNIE MOUSE GARDENING</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497757435 </t>
+  </si>
+  <si>
+    <t>DW INSULATED STAINLESS STEEL XL RAMBLER MUG 940 ML MINNIE MOUSE GARDENING</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497757497 </t>
+  </si>
+  <si>
+    <t>AQUA BOTTLE 980 ML MINNIE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497757558 </t>
+  </si>
+  <si>
+    <t>BOLSA AISLANTE FRIENDLY POKEMON THUNDERSTRUCK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497757596 </t>
+  </si>
+  <si>
+    <t>BOTELLA ALUMINIO TREND 755 ML POKEMON THUNDERSTRUCK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497757657 </t>
+  </si>
+  <si>
+    <t>SET 2 VASOS CASUAL DE CRISTAL 490 ML POKEMON THUNDERSTRUCK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497759668 </t>
+  </si>
+  <si>
+    <t>STAINLESS STEEL BOTTLE 780 ML WEDNESDAY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497759712 </t>
+  </si>
+  <si>
+    <t>HYDRO BOTTLE 850 ML WEDNESDAY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497759743 </t>
+  </si>
+  <si>
+    <t>CERAMIC BREAKFAST MUG 14 OZ IN GIFT BOX WEDNESDAY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497759767 </t>
+  </si>
+  <si>
+    <t>CERAMIC GLOBE MUG 13 OZ IN GIFT BOX WEDNESDAY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497759781 </t>
+  </si>
+  <si>
+    <t>CERAMIC MUG 11 OZ IN GIFT BOX WEDNESDAY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497759859 </t>
+  </si>
+  <si>
+    <t>BOTELLA TERMO ACERO INOXIDABLE 515 ML WEDNESDAY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497759897 </t>
+  </si>
+  <si>
+    <t>BOTELLA AQUA 980 ML WEDNESDAY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497759934 </t>
+  </si>
+  <si>
+    <t>TAZA TERMO XL ACERO INOXIDABLE 940 ML WEDNESDAY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497762460 </t>
+  </si>
+  <si>
+    <t>CERAMIC SB MUG 11 OZ IN BOX WICKED</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497764372 </t>
+  </si>
+  <si>
+    <t>CERAMIC SB MUG 11 OZ IN BOX MASTERS OF THE UNIVERSE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497767267 </t>
+  </si>
+  <si>
+    <t>CERAMIC MUG 11 OZ IN GIFT BOX PAW PATROL BOY ICONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497767366 </t>
+  </si>
+  <si>
+    <t>CERAMIC SB MUG 11 OZ IN BOX PAW PATROL BOY ICONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497767557 </t>
+  </si>
+  <si>
+    <t>3 PCS CERAMIC SNACK SET (PLATE, BOWL, MUG) IN GIFT BOX PAW PATROL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497781317 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA MICKEY COLOR FLOW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497783250 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA 325 ML EN CAJA DE REGALO SPIDERMAN STREETS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497783755 </t>
+  </si>
+  <si>
+    <t>SET MERIENDA CERAMICA (PLATO, CUENCO, TAZA) EN CAJA DE REGALO 3 PCS SPIDERMAN STREETS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497787395 </t>
+  </si>
+  <si>
+    <t>CERAMIC CHANGING COLOR MUG 11 OZ IN GIFT BOX HARRY POTTER  INLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497787418 </t>
+  </si>
+  <si>
+    <t>CERAMIC CHANGING COLOR MUG 11 OZ IN GIFT BOX DRAGON BALL Z INLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497787432 </t>
+  </si>
+  <si>
+    <t>CERAMIC CHANGING COLOR MUG 11 OZ IN GIFT BOX ONE PIECE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497787449 </t>
+  </si>
+  <si>
+    <t>CERAMIC CHANGING COLOR MUG 11 OZ IN GIFT BOX SIMPSONS HOMER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497788552 </t>
+  </si>
+  <si>
+    <t>DESKTOP PAD XL HARRY POTTER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497788606 </t>
+  </si>
+  <si>
+    <t>ALFOMBRILLA XL STITCH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497788637 </t>
+  </si>
+  <si>
+    <t>ALFOMBRILLA XL STAR WARS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497788781 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA 3D EN CAJA REGALO SIMPSONS HOMER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497788965 </t>
+  </si>
+  <si>
+    <t>CERAMIC 3D MUG 13 OZ IN GIFT BOX SONIC HEAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497789078 </t>
+  </si>
+  <si>
+    <t>CERAMIC 3D MUG 13 OZ IN GIFT BOX STITCH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497789436 </t>
+  </si>
+  <si>
+    <t>CERAMIC 3D MUG 15 OZ IN GIFT BOX GROGU PRMK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497789924 </t>
+  </si>
+  <si>
+    <t>CERAMIC 3D MUG 13 OZ IN GIFT BOX ANGEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497790036 </t>
+  </si>
+  <si>
+    <t>CERAMIC SB MUG 11 OZ IN BOX DISNEY PRIDE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497798254 </t>
+  </si>
+  <si>
+    <t>GLOBO DE NIEVE FROZEN EN CAJA DE REGALO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497798285 </t>
+  </si>
+  <si>
+    <t>GLOBO DE NIEVE GROGU EN CAJA DE REGALO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497798292 </t>
+  </si>
+  <si>
+    <t>GLOBO DE NIEVE MARIE EN CAJA DE REGALO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497798308 </t>
+  </si>
+  <si>
+    <t>GLASS SNOW GLOBE MICKEY IN GIFT BOX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497798315 </t>
+  </si>
+  <si>
+    <t>GLASS SNOW GLOBE MINNIE IN GIFT BOX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497798322 </t>
+  </si>
+  <si>
+    <t>GLASS SNOW GLOBE STITCH IN GIFT BOX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497798339 </t>
+  </si>
+  <si>
+    <t>GLASS SNOW GLOBE HARRY POTTER IN GIFT BOX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497798377 </t>
+  </si>
+  <si>
+    <t>GLASS SNOW GLOBE SPIDERMAN EN ESTUCHE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497798452 </t>
+  </si>
+  <si>
+    <t>GLOBO DE NIEVE ANGEL EN CAJA DE REGALO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497798483 </t>
+  </si>
+  <si>
+    <t>GLOBO DE NIEVE PLUTO EN CAJA DE REGALO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497801046 </t>
+  </si>
+  <si>
+    <t>TAZA MICRO 390 ML AVENGERS BOMBERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497801077 </t>
+  </si>
+  <si>
+    <t>EASY PP TUMBLER 260 ML AVENGERS BOMBERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497801091 </t>
+  </si>
+  <si>
+    <t>FUNNY SANDWICH BOX WITH CUTLERY AVENGERS SEVEN WONDERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497801190 </t>
+  </si>
+  <si>
+    <t>EASY OFFSET PLACEMAT AVENGERS BOMBERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497801206 </t>
+  </si>
+  <si>
+    <t>MULTI COMPARTMENT SANDWICH BOX AVENGERS SEVEN WONDERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497801305 </t>
+  </si>
+  <si>
+    <t>EASY SPORT TUMBLER 430 ML AVENGERS BOMBERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497801312 </t>
+  </si>
+  <si>
+    <t>BOTELLA PP PLAYGROUND 410 ML AVENGERS SEVEN WONDERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497801329 </t>
+  </si>
+  <si>
+    <t>BOTELLA SPORT 400 ML AVENGERS BOMBERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497801343 </t>
+  </si>
+  <si>
+    <t>BOTELLA ALUMINIO PEQUEÑA 400 ML AVENGERS SEVEN WONDERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497801381 </t>
+  </si>
+  <si>
+    <t>URBAN SANDWICH BOX AVENGERS BOMBERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497801466 </t>
+  </si>
+  <si>
+    <t>MICRO BOWL AVENGERS BOMBERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497801473 </t>
+  </si>
+  <si>
+    <t>MICRO PLATE AVENGERS BOMBERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497801541 </t>
+  </si>
+  <si>
+    <t>ALUMINIUM SB BOTTLE 400 ML AVENGERS ASSEMBLED</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497801558 </t>
+  </si>
+  <si>
+    <t>EASY HOLD SPORT BOTTLE 380 ML AVENGERS BOMBERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497801602 </t>
+  </si>
+  <si>
+    <t>BOTELLA ALUMINIO ALTA 530 ML AVENGERS SEVEN WONDERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497801749 </t>
+  </si>
+  <si>
+    <t>SANDWICHERA RECTANGULAR AVENGERS BOMBERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497810994 </t>
+  </si>
+  <si>
+    <t>SANDWICHERA MULTIPLE XL FROZEN SNOWY TALE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811038 </t>
+  </si>
+  <si>
+    <t>DAILY PP BOTTLE 560 ML MICKEY TRUE CHAMPIONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811045 </t>
+  </si>
+  <si>
+    <t>MICRO MUG 390 ML MICKEY HAS FUN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811069 </t>
+  </si>
+  <si>
+    <t>LARGE EASY PP TUMBLER 430 ML MICKEY HAS FUN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811076 </t>
+  </si>
+  <si>
+    <t>EASY PP TUMBLER 260 ML MICKEY HAS FUN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811090 </t>
+  </si>
+  <si>
+    <t>FUNNY SANDWICH BOX WITH CUTLERY MICKEY TRUE CHAMPIONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811106 </t>
+  </si>
+  <si>
+    <t>BOTELLA SCHOOL 370 ML MICKEY TRUE CHAMPIONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811113 </t>
+  </si>
+  <si>
+    <t>CUENCO EASY PP MICKEY HAS FUN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811120 </t>
+  </si>
+  <si>
+    <t>PLATO EASY PP MICKEY HAS FUN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811144 </t>
+  </si>
+  <si>
+    <t>SQUARE WATER BOTTLE 510 ML MICKEY TRUE CHAMPIONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811151 </t>
+  </si>
+  <si>
+    <t>5 PCS EASY SET (PLATE, BOWL, TUMBLER, CUTLERY) (PLATE, BOWL, TUMBLER, CUTLERY) MICKEY HAS FUN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811175 </t>
+  </si>
+  <si>
+    <t>2 PCS PP CUTLERY (SPOON AND FORK) SET IN POLYBAG MICKEY HAS FUN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811182 </t>
+  </si>
+  <si>
+    <t>2 PCS ELLIPTICAL METALLIC CUTLERY (SPOON AND FORK) SET MICKEY TRUE CHAMPIONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811199 </t>
+  </si>
+  <si>
+    <t>EASY OFFSET PLACEMAT MICKEY HAS FUN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811205 </t>
+  </si>
+  <si>
+    <t>SANDWICHERA MULTIPLE MICKEY TRUE CHAMPIONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811229 </t>
+  </si>
+  <si>
+    <t>ROBOT PARED SENCILLA 465 ML MICKEY HAS FUN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811250 </t>
+  </si>
+  <si>
+    <t>BOTELLA ALUMINIO NEVADA SIPPER 545 ML MICKEY TRUE CHAMPIONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811267 </t>
+  </si>
+  <si>
+    <t>RECTANGULAR DIVIDED PLATE ST MICKEY HAS FUN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811274 </t>
+  </si>
+  <si>
+    <t>SPRAYER DRINK BOTTLE 575 ML MICKEY TRUE CHAMPIONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811304 </t>
+  </si>
+  <si>
+    <t>EASY SPORT TUMBLER 430 ML MICKEY HAS FUN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811311 </t>
+  </si>
+  <si>
+    <t>PLAYGROUND SIPPER BOTTLE 410 ML MICKEY TRUE CHAMPIONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811328 </t>
+  </si>
+  <si>
+    <t>SPORT BOTTLE 400 ML MICKEY HAS FUN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811588 </t>
+  </si>
+  <si>
+    <t>BOTELLA POP UP DE ALUMINIO CON CORREA 730 ML MICKEY TRUE CHAMPIONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811601 </t>
+  </si>
+  <si>
+    <t>BOTELLA ALUMINIO ALTA 530 ML MICKEY TRUE CHAMPIONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811663 </t>
+  </si>
+  <si>
+    <t>VASO FIGURITA 3D 360 ML MICKEY TRUE CHAMPIONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811694 </t>
+  </si>
+  <si>
+    <t>POP UP CANTEEN 450 ML MICKEY HAS FUN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811731 </t>
+  </si>
+  <si>
+    <t>2 PCS BTS SET (SPORT BOTTLE AND SANDWICH BOX) IN GIFT BOX  MICKEY HAS FUN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811748 </t>
+  </si>
+  <si>
+    <t>FUNNY SANDWICH BOX MICKEY HAS FUN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811755 </t>
+  </si>
+  <si>
+    <t>4 PCS CHARACTER KIDS SHAPED PP SET (BOWL, PLATE AND CUTLERY) IN GIFT BOX MICKEY MOUSE TRUE CHAMPIONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811830 </t>
+  </si>
+  <si>
+    <t>LARGE ECOZEN ADVENTURE BOTTLE 650 ML MICKEY TRUE CHAMPIONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811854 </t>
+  </si>
+  <si>
+    <t>SET 5 PCS ANTIDESLIZANTE (PLATO, CUENCO, VASO Y CUBIERTOS) PREMIUM BICOLOR EN CAJA MICKEY TRUE CHAMPIONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811892 </t>
+  </si>
+  <si>
+    <t>SANDWICHERA SNACK MICKEY TRUE CHAMPIONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811908 </t>
+  </si>
+  <si>
+    <t>SANDWICHERA BENTOPRO MICKEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811915 </t>
+  </si>
+  <si>
+    <t>CUENCO ANTIDESLIZANTE PREMIUM BICOLOR MICKEY TRUE CHAMPIONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811922 </t>
+  </si>
+  <si>
+    <t>NON SLIP BICOLOR PREMIUM PLATE MICKEY TRUE CHAMPIONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811953 </t>
+  </si>
+  <si>
+    <t>NON SLIP BICOLOR PREMIUM TUMBLER 260 ML MICKEY TRUE CHAMPIONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811977 </t>
+  </si>
+  <si>
+    <t>MEDIUM ECOZEN PREMIUM BOTTLE 620 ML MICKEY TRUE CHAMPIONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811984 </t>
+  </si>
+  <si>
+    <t>DISCOVERY LARGE PP BOTTLE 640 ML MICKEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811991 </t>
+  </si>
+  <si>
+    <t>XL MULTI COMPARTMENT RECTANGULAR SANDWICH BOX MICKEY TRUE CHAMPIONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497812035 </t>
+  </si>
+  <si>
+    <t>BOTELLA PP INFANTIL 560 ML MINNIE SUNSHINE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497812042 </t>
+  </si>
+  <si>
+    <t>TAZA MICRO 390 ML MINNIE BOLD FLORALS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497812066 </t>
+  </si>
+  <si>
+    <t>VASO EASY GRANDE 430 ML MINNIE BOLD FLORALS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497987030 </t>
+  </si>
+  <si>
+    <t>SET PARTY 20 PCS (PLATE, BOWL AND TUMBLER) STITCH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497987047 </t>
+  </si>
+  <si>
+    <t>SET PARTY 20 PCS (PLATE, BOWL AND TUMBLER) BLUEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497203208 </t>
+  </si>
+  <si>
+    <t>MULTI COMPARTMENT SANDWICH BOX AVENGERS PANELS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497204045 </t>
+  </si>
+  <si>
+    <t>MICRO MUG 390 ML ITALIAN BRAINROT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497204069 </t>
+  </si>
+  <si>
+    <t>LARGE EASY TUMBLER 430 ML ITALIAN BRAINROT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497204076 </t>
+  </si>
+  <si>
+    <t>VASO EASY PEQUEÑO 260 ML ITALIAN BRAINROT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497204106 </t>
+  </si>
+  <si>
+    <t>SANDWICHERA MULTIPLE ITALIAN BRAINROT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497080014 </t>
+  </si>
+  <si>
+    <t>08001</t>
+  </si>
+  <si>
+    <t>BOTELLA PP PLAYGROUND 410 ML POKEMON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497080045 </t>
+  </si>
+  <si>
+    <t>08004</t>
+  </si>
+  <si>
+    <t>TAZA MICRO 390 ML POKEMON DISTORSION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497080069 </t>
+  </si>
+  <si>
+    <t>08006</t>
+  </si>
+  <si>
+    <t>LARGE EASY PP TUMBLER 430 ML POKEMON DISTORSION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497080076 </t>
+  </si>
+  <si>
+    <t>08007</t>
+  </si>
+  <si>
+    <t>EASY PP TUMBLER 260 ML POKEMON DISTORSION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497080540 </t>
+  </si>
+  <si>
+    <t>08054</t>
+  </si>
+  <si>
+    <t>DRAWSTRING LUNCH BAG POKEMON FACES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497080571 </t>
+  </si>
+  <si>
+    <t>08057</t>
+  </si>
+  <si>
+    <t>DROP SAFE PP MUG 410 ML POKEMON DOODLE GRIP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497080663 </t>
+  </si>
+  <si>
+    <t>08066</t>
+  </si>
+  <si>
+    <t>VASO FIGURITA 3D 360 ML POKEMON DISTORSION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497080700 </t>
+  </si>
+  <si>
+    <t>08070</t>
+  </si>
+  <si>
+    <t>BOTELLA SCHOOL 370 ML POKEMON DISTORTION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497102655 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA ET WO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497102662 </t>
+  </si>
+  <si>
+    <t>CERAMIC SB MUG 11 OZ IN BOX JAWS WO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497102679 </t>
+  </si>
+  <si>
+    <t>CERAMIC SB MUG 11 OZ IN BOX BACK TO THE FUTURE WO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497102778 </t>
+  </si>
+  <si>
+    <t>CERAMIC SB MUG 11 OZ IN BOX BABY GROGU GOOD SIDE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497787609 </t>
+  </si>
+  <si>
+    <t>CERAMIC 3D MUG 14 OZ IN GIFT BOX STITCH PINEAPPLE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497787852 </t>
+  </si>
+  <si>
+    <t>CERAMIC MUG 11 OZ IN GIFT BOX FROZEN II</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497788019 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA 3D 190 ML EN CAJA REGALO CHIP LA BELLA Y LA BESTIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497788507 </t>
+  </si>
+  <si>
+    <t>ALFOMBRILLA XL AVENGERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497813049 </t>
+  </si>
+  <si>
+    <t>STOR TAZA MICRO 390 ML LEGO NINJAGO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497813070 </t>
+  </si>
+  <si>
+    <t>STOR VASO EASY PEQUEÑO 260 ML LEGO NINJAGO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497813209 </t>
+  </si>
+  <si>
+    <t>STOR MULTI COMPARTMENT SANDWICH BOX LEGO NINJAGO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497813308 </t>
+  </si>
+  <si>
+    <t>EASY SPORT TUMBLER 430 ML LEGO NINJAGO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497813360 </t>
+  </si>
+  <si>
+    <t>STOR SMALL ECOZEN HYDRO BOTTLE 430 ML LEGO NINJAGO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497813742 </t>
+  </si>
+  <si>
+    <t>FUNNY SANDWICH BOX LEGO NINJAGO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497788095 </t>
+  </si>
+  <si>
+    <t>YOUNG ADULT GLASS SNOW GLOBE MARIE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497788101 </t>
+  </si>
+  <si>
+    <t>YOUNG ADULT GLASS SNOW GLOBE MICKEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497788118 </t>
+  </si>
+  <si>
+    <t>YOUNG ADULT GLASS SNOW GLOBE MINNIE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497788132 </t>
+  </si>
+  <si>
+    <t>YOUNG ADULT GLASS SNOW GLOBE HARRY POTTER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497021086 </t>
+  </si>
+  <si>
+    <t>02108</t>
+  </si>
+  <si>
+    <t>DUSTBIN DRAGON BALL SUPER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497022380 </t>
+  </si>
+  <si>
+    <t>02238</t>
+  </si>
+  <si>
+    <t>DUSTBIN CARS FORMULA RACER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497022625 </t>
+  </si>
+  <si>
+    <t>02262</t>
+  </si>
+  <si>
+    <t>PAPELERA HARRY POTTER SCHOOL SHIELDS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497023639 </t>
+  </si>
+  <si>
+    <t>02363</t>
+  </si>
+  <si>
+    <t>CAJA CLICK 7 L KPOP DEMON HUNTERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497023646 </t>
+  </si>
+  <si>
+    <t>02364</t>
+  </si>
+  <si>
+    <t>CAJA CLICK 13 L KPOP DEMON HUNTERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497023653 </t>
+  </si>
+  <si>
+    <t>02365</t>
+  </si>
+  <si>
+    <t>CAJA CLICK 23 L KPOP DEMON HUNTERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497070855 </t>
+  </si>
+  <si>
+    <t>07085</t>
+  </si>
+  <si>
+    <t>PAPELERA MINECRAFT PIXEL ZWD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497080229 </t>
+  </si>
+  <si>
+    <t>08022</t>
+  </si>
+  <si>
+    <t>ROBOT PARED SENCILLA 465 ML POKEMON BLUE TEAM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497080496 </t>
+  </si>
+  <si>
+    <t>08049</t>
+  </si>
+  <si>
+    <t>POP UP CANTEEN 450 ML POKEMON DISTORSION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497111817 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS SPOON SET  BLUEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497111831 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS SPOON SET FROZEN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497111855 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS SPOON SET MICKEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497111879 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS SPOON SET MINNIE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497111886 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS SPOON SET PAW PATROL BOY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497111909 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS SPOON SET PEPPA PIG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497111916 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS SPOON SET  POKEMON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497111947 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS SPOON SET SPIDERMAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497111961 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS SPOON SET STITCH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497111978 </t>
+  </si>
+  <si>
+    <t>SET 4 PCS CUCHARAS PP JOY SUPER MARIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112043 </t>
+  </si>
+  <si>
+    <t>SET 4 PCS CUENCO PP JOY BLUEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112050 </t>
+  </si>
+  <si>
+    <t>SET 4 PCS PLATO PP JOY BLUEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112067 </t>
+  </si>
+  <si>
+    <t>SET 4 PCS VASO PP JOY 285 ML BLUEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112111 </t>
+  </si>
+  <si>
+    <t>SET 4 PCS CUENCO PP JOY FROZEN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112128 </t>
+  </si>
+  <si>
+    <t>SET 4 PCS PLATO PP JOY FROZEN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112135 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS PP TUMBLER SET 285 ML FROZEN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112173 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS PP BOWL SET MICKEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112180 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS PP PLATE SET MICKEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112197 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS PP TUMBLER SET 285 ML MICKEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112241 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS PP BOWL SET MINNIE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112258 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS PP PLATE SET MINNIE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112265 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS PP TUMBLER SET 285 ML MINNIE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112272 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS PP BOWL SET PAW PATROL BOY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112289 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS PP PLATE SET PAW PATROL BOY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112296 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS PP TUMBLER SET 285 ML PAW PATROL BOY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112340 </t>
+  </si>
+  <si>
+    <t>SET 4 PCS CUENCO PP JOY PEPPA PIG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112357 </t>
+  </si>
+  <si>
+    <t>SET 4 PCS PLATO PP JOY PEPPA PIG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112364 </t>
+  </si>
+  <si>
+    <t>SET 4 PCS VASO PP JOY 285 ML PEPPA PIG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112371 </t>
+  </si>
+  <si>
+    <t>SET 4 PCS CUENCO PP JOY POKEMON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112388 </t>
+  </si>
+  <si>
+    <t>SET 4 PCS PLATO PP JOY POKEMON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112395 </t>
+  </si>
+  <si>
+    <t>SET 4 PCS VASO PP JOY 285 ML POKEMON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112470 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS PP BOWL SET SPIDERMAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112487 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS PP PLATE SET SPIDERMAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112494 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS PP TUMBLER SET 285 ML SPIDERMAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112517 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS PP BOWL SET STITCH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112524 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS PP PLATE SET STITCH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112531 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS PP TUMBLER SET 285 ML STITCH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112548 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS PP BOWL SET SUPER MARIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112555 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS PP PLATE SET SUPER MARIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112562 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS PP TUMBLER SET 285 ML SUPER MARIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112814 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS SPORT TUMBLER SET 285 ML SET  BLUEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112838 </t>
+  </si>
+  <si>
+    <t>SET 4 PCS VASOS CAÑA PP 285 ML JOY FROZEN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112852 </t>
+  </si>
+  <si>
+    <t>SET 4 PCS VASOS CAÑA PP 285 ML JOY MICKEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112876 </t>
+  </si>
+  <si>
+    <t>SET 4 PCS VASOS CAÑA PP 285 ML JOY MINNIE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112883 </t>
+  </si>
+  <si>
+    <t>SET 4 PCS VASOS CAÑA PP 285 ML JOY PAW PATROL BOY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112906 </t>
+  </si>
+  <si>
+    <t>SET 4 PCS VASOS CAÑA PP 285 ML JOY PEPPA PIG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112913 </t>
+  </si>
+  <si>
+    <t>SET 4 PCS VASOS CAÑA PP 285 ML JOY POKEMON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112944 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS SPORT TUMBLER SET 285 ML SET SPIDERMAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112968 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS SPORT TUMBLER SET 285 ML SET STITCH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497112975 </t>
+  </si>
+  <si>
+    <t>JOY 4 PCS SPORT TUMBLER SET 285 ML SET SUPER MARIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497138227 </t>
+  </si>
+  <si>
+    <t>SINGLE WALL CANTEEN 465 M PEPPA PIG MORE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497201648 </t>
+  </si>
+  <si>
+    <t>SOCKS AND CERAMIC MUG 11 OZ SET PEPPA PIG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497214228 </t>
+  </si>
+  <si>
+    <t>SINGLE WALL CANTEEN 465 M SUPERMARIO PARTY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497218141 </t>
+  </si>
+  <si>
+    <t>MICRO MUG 390 ML TOY STORY 5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497218202 </t>
+  </si>
+  <si>
+    <t>MULTI COMPARTMENT SANDWICH BOX TOY STORY 5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497218370 </t>
+  </si>
+  <si>
+    <t>EASY PP TUMBLER 260 ML TOY STORY 5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497218394 </t>
+  </si>
+  <si>
+    <t>SMALL ECOZEN HYDRO BOTTLE 430 ML TOY STORY 5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497218400 </t>
+  </si>
+  <si>
+    <t>VASO CAÑA EASY 430 ML TOY STORY 5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497218424 </t>
+  </si>
+  <si>
+    <t>BOTELLA SPORT 400 ML TOY STORY 5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497218646 </t>
+  </si>
+  <si>
+    <t>SANDWICHERA RECTANGULAR TOY STORY 5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497310012 </t>
+  </si>
+  <si>
+    <t>TAZA COOL BASIC DOBLE PARED 860 ML HARRY POTTER MAGIC &amp; MAYHEM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497310067 </t>
+  </si>
+  <si>
+    <t>BOTELLA GLAM TERMO ACERO INOXIDABLE 665 ML HARRY POTTER MAGIC &amp; MAYHEM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497310074 </t>
+  </si>
+  <si>
+    <t>VASO DE CAFE RELIEVE PP 790 ML HARRY POTTER MAGIC &amp; MAYHEM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497310081 </t>
+  </si>
+  <si>
+    <t>GROOVED PP STRAW TUMBLER 790 ML HARRY POTTER MAGIC &amp; MAYHEM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497310098 </t>
+  </si>
+  <si>
+    <t>INSULATED STAINLESS STEEL BOTTLE 515 ML HARRY POTTER MAGIC &amp; MAYHEM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497310104 </t>
+  </si>
+  <si>
+    <t>COOL INSULATED STAINLESS STEEL TUMBLER WITH HANDLE 860 ML HARRY POTTER MAGIC &amp; MAYHEM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497310128 </t>
+  </si>
+  <si>
+    <t>INSULATED SS STRAW TUMBLER WITH 3D COVER 770 ML HARRY POTTER MAGIC &amp; MAYHEM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497310197 </t>
+  </si>
+  <si>
+    <t>GLASS &amp; TWIN STRAW SET 480 ML HARRY POTTER MAGIC &amp; MAYHEM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497310227 </t>
+  </si>
+  <si>
+    <t>DW INSULATED STAINLESS STEEL XL COOL SIPPER MUG 920 ML HARRY POTTER MAGIC &amp; MAYHEM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497310272 </t>
+  </si>
+  <si>
+    <t>HARMONY DW MUG WITH LID 470 ML HARRY POTTER MAGIC &amp; MAYHEM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497310289 </t>
+  </si>
+  <si>
+    <t>STAINLESS STEEL BOTTLE 780 ML HARRY POTTER MAGIC &amp; MAYHEM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497310432 </t>
+  </si>
+  <si>
+    <t>DW INSULATED STAINLESS STEEL XL COOL MUG 920 ML HARRY POTTER MAGIC &amp; MAYHEM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497310494 </t>
+  </si>
+  <si>
+    <t>AQUA BOTTLE 980 ML HARRY POTTER MAGIC &amp; MAYHEM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497310517 </t>
+  </si>
+  <si>
+    <t>BOTELLA HIDRO 850 ML HARRY POTTER MAGIC &amp; MAYHEM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497310593 </t>
+  </si>
+  <si>
+    <t>BOTELLA ALUMINIO TREND 740 ML HARRY POTTER MAGIC &amp; MAYHEM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497310630 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA LATTE 695 ML EN CAJA REGALO HARRY POTTER MAGIC &amp; MAYHEM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497310661 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA 325 ML CHANGING COLOR EN CAJA REGALO HARRY POTTER MAGIC &amp; MAYHEM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497310760 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA GLOBE 380 ML EN CAJA REGALO HARRY POTTER MAGIC &amp; MAYHEM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497310791 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA DESAYUNO 400 ML EN CAJA REGALO HARRY POTTER MAGIC &amp; MAYHEM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497310845 </t>
+  </si>
+  <si>
+    <t>CERAMIC MUG 11 OZ IN GIFT BOX HARRY POTTER MAGIC &amp; MAYHEM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497310883 </t>
+  </si>
+  <si>
+    <t>CERAMIC ELITE MUG 13 OZ IN GIFT BOX HARRY POTTER MAGIC &amp; MAYHEM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497310906 </t>
+  </si>
+  <si>
+    <t>3D TWIN STAINLESS STEEL STRAW SET HARRY POTTER MAGIC &amp; MAYHEM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497311019 </t>
+  </si>
+  <si>
+    <t>COOL BASIC DOUBLE WALL MUG 860 ML MARVEL GOLDEN TREASURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497311064 </t>
+  </si>
+  <si>
+    <t>GLAM INSULATED STAINLESS STEEL BOTTLE 665 ML MARVEL GOLDEN TREASURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497311071 </t>
+  </si>
+  <si>
+    <t>GROOVED PP COFFEE TUMBLER 790 ML MARVEL GOLDEN TREASURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497311088 </t>
+  </si>
+  <si>
+    <t>GROOVED PP STRAW TUMBLER 790 ML MARVEL GOLDEN TREASURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497311095 </t>
+  </si>
+  <si>
+    <t>INSULATED STAINLESS STEEL BOTTLE 515 ML MARVEL GOLDEN TREASURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497311101 </t>
+  </si>
+  <si>
+    <t>COOL INSULATED STAINLESS STEEL TUMBLER WITH HANDLE 860 ML MARVEL GOLDEN TREASURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497311125 </t>
+  </si>
+  <si>
+    <t>INSULATED SS STRAW TUMBLER WITH 3D COVER 770 ML MARVEL GOLDEN TREASURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497311194 </t>
+  </si>
+  <si>
+    <t>SET VASO CON DOS PAJITAS 480 ML MARVEL GOLDEN TREASURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497311217 </t>
+  </si>
+  <si>
+    <t>TAZA COOL EASY DOBLE PARED XL Y ASA CHARACTER 770 ML XL SPIDERMAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497311279 </t>
+  </si>
+  <si>
+    <t>TAZA HARMONY DOBLE PARED CON TAPA 470 ML MARVEL GOLDEN TREASURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497311286 </t>
+  </si>
+  <si>
+    <t>BOTELLA ACERO INOXIDABLE 780 ML MARVEL GOLDEN TREASURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497311323 </t>
+  </si>
+  <si>
+    <t>TAZA COOL SIPPER XL ACERO INOXIDABLE 920 ML MARVEL GOLDEN TREASURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497311439 </t>
+  </si>
+  <si>
+    <t>TAZA COOL TERMO XL ACERO INOXIDABLE 920 ML MARVEL GOLDEN TREASURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497311491 </t>
+  </si>
+  <si>
+    <t>AQUA BOTTLE 980 ML MARVEL GOLDEN TREASURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497311514 </t>
+  </si>
+  <si>
+    <t>HYDRO BOTTLE 850 ML MARVEL GOLDEN TREASURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497311552 </t>
+  </si>
+  <si>
+    <t>FRIENDLY INSULATED DRAWSTRING BAG MARVEL GOLDEN TREASURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497311590 </t>
+  </si>
+  <si>
+    <t>ALUMINIUM TREND BOTTLE 740 ML MARVEL GOLDEN TREASURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497311637 </t>
+  </si>
+  <si>
+    <t>LATTE CERAMIC MUG 23 OZ IN GIFT BOX MARVEL GOLDEN TREASURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497311668 </t>
+  </si>
+  <si>
+    <t>CERAMIC CHANGING COLOR MUG 11 OZ IN GIFT BOX MARVEL GOLDEN TREASURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497311767 </t>
+  </si>
+  <si>
+    <t>CERAMIC GLOBE MUG 13 OZ IN GIFT BOX MARVEL GOLDEN TREASURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497311798 </t>
+  </si>
+  <si>
+    <t>CERAMIC BREAKFAST MUG 14 OZ IN GIFT BOX MARVEL GOLDEN TREASURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497311842 </t>
+  </si>
+  <si>
+    <t>CERAMIC MUG 11 OZ IN GIFT BOX MARVEL GOLDEN TREASURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497311880 </t>
+  </si>
+  <si>
+    <t>CERAMIC ELITE MUG 13 OZ IN GIFT BOX MARVEL GOLDEN TREASURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497311903 </t>
+  </si>
+  <si>
+    <t>SET DOS PAJITAS 3D ACERO INOXIDABLE MARVEL GOLDEN TREASURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497312016 </t>
+  </si>
+  <si>
+    <t>TAZA COOL BASIC DOBLE PARED 860 ML MICKEY MOUSE SIGNATURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497312061 </t>
+  </si>
+  <si>
+    <t>BOTELLA GLAM TERMO ACERO INOXIDABLE 665 ML MICKEY MOUSE SIGNATURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497312078 </t>
+  </si>
+  <si>
+    <t>VASO DE CAFE RELIEVE PP 790 ML MICKEY MOUSE SIGNATURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497312085 </t>
+  </si>
+  <si>
+    <t>VASO DE CAÑA RELIEVE PP 790 ML MICKEY MOUSE SIGNATURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497312092 </t>
+  </si>
+  <si>
+    <t>BOTELLA TERMO ACERO INOXIDABLE 515 ML MICKEY MOUSE SIGNATURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497312108 </t>
+  </si>
+  <si>
+    <t>COOL INSULATED STAINLESS STEEL TUMBLER WITH HANDLE 860 ML MICKEY MOUSE SIGNATURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497312122 </t>
+  </si>
+  <si>
+    <t>INSULATED SS STRAW TUMBLER WITH 3D COVER 770 ML MICKEY MOUSE SIGNATURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497312191 </t>
+  </si>
+  <si>
+    <t>GLASS &amp; TWIN STRAW SET 480 ML MICKEY MOUSE SIGNATURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497312221 </t>
+  </si>
+  <si>
+    <t>DW INSULATED STAINLESS STEEL XL COOL SIPPER MUG 920 ML MICKEY MOUSE SIGNATURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497312276 </t>
+  </si>
+  <si>
+    <t>HARMONY DW MUG WITH LID 470 ML MICKEY MOUSE SIGNATURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497312283 </t>
+  </si>
+  <si>
+    <t>STAINLESS STEEL BOTTLE 780 ML MICKEY MOUSE SIGNATURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497312436 </t>
+  </si>
+  <si>
+    <t>DW INSULATED STAINLESS STEEL XL COOL MUG 920 ML MICKEY MOUSE SIGNATURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497312498 </t>
+  </si>
+  <si>
+    <t>AQUA BOTTLE 980 ML MICKEY MOUSE SIGNATURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497312511 </t>
+  </si>
+  <si>
+    <t>HYDRO BOTTLE 850 ML MICKEY MOUSE SIGNATURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497312597 </t>
+  </si>
+  <si>
+    <t>ALUMINIUM TREND BOTTLE 740 ML MICKEY MOUSE SIGNATURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497312634 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA LATTE 695 ML EN CAJA REGALO MICKEY MOUSE SIGNATURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497312764 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA GLOBE 380 ML EN CAJA REGALO MICKEY MOUSE SIGNATURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497312795 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA DESAYUNO 400 ML EN CAJA REGALO MICKEY MOUSE SIGNATURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497312849 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA 325 ML EN CAJA REGALO MICKEY MOUSE SIGNATURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497312887 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA ELITE 380 ML EN CAJA REGALO MICKEY MOUSE SIGNATURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497312900 </t>
+  </si>
+  <si>
+    <t>SET DOS PAJITAS 3D ACERO INOXIDABLE MICKEY MOUSE SIGNATURE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497313013 </t>
+  </si>
+  <si>
+    <t>COOL BASIC DOUBLE WALL MUG 860 ML MINECRAFT ICONICMONO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497313068 </t>
+  </si>
+  <si>
+    <t>GLAM INSULATED STAINLESS STEEL BOTTLE 665 ML MINECRAFT ICONICMONO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497313075 </t>
+  </si>
+  <si>
+    <t>GROOVED PP COFFEE TUMBLER 790 ML MINECRAFT ICONICMONO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497313082 </t>
+  </si>
+  <si>
+    <t>GROOVED PP STRAW TUMBLER 790 ML MINECRAFT ICONICMONO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497313099 </t>
+  </si>
+  <si>
+    <t>INSULATED STAINLESS STEEL BOTTLE 515 ML MINECRAFT ICONICMONO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497313105 </t>
+  </si>
+  <si>
+    <t>COOL INSULATED STAINLESS STEEL TUMBLER WITH HANDLE 860 ML MINECRAFT ICONICMONO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497313129 </t>
+  </si>
+  <si>
+    <t>INSULATED SS STRAW TUMBLER WITH 3D COVER 770 ML MINECRAFT ICONICMONO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497313198 </t>
+  </si>
+  <si>
+    <t>GLASS &amp; TWIN STRAW SET 480 ML MINECRAFT ICONICMONO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497313228 </t>
+  </si>
+  <si>
+    <t>DW INSULATED STAINLESS STEEL XL COOL SIPPER MUG 920 ML MINECRAFT ICONICMONO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497313273 </t>
+  </si>
+  <si>
+    <t>HARMONY DW MUG WITH LID 470 ML MINECRAFT ICONICMONO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497313280 </t>
+  </si>
+  <si>
+    <t>BOTELLA ACERO INOXIDABLE 780 ML MINECRAFT ICONICMONO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497313433 </t>
+  </si>
+  <si>
+    <t>TAZA COOL TERMO XL ACERO INOXIDABLE 920 ML MINECRAFT ICONICMONO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497313495 </t>
+  </si>
+  <si>
+    <t>BOTELLA AQUA 980 ML MINECRAFT ICONICMONO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497313518 </t>
+  </si>
+  <si>
+    <t>BOTELLA HIDRO 850 ML MINECRAFT ICONICMONO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497313631 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA LATTE 695 ML EN CAJA REGALO MINECRAFT ICONICMONO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497313662 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA 325 ML CHANGING COLOR EN CAJA REGALO MINECRAFT ICONICMONO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497313761 </t>
+  </si>
+  <si>
+    <t>CERAMIC GLOBE MUG 13 OZ IN GIFT BOX MINECRAFT ICONICMONO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497313792 </t>
+  </si>
+  <si>
+    <t>CERAMIC BREAKFAST MUG 14 OZ IN GIFT BOX MINECRAFT ICONICMONO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497313846 </t>
+  </si>
+  <si>
+    <t>CERAMIC MUG 11 OZ IN GIFT BOX MINECRAFT ICONICMONO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497313884 </t>
+  </si>
+  <si>
+    <t>CERAMIC ELITE MUG 13 OZ IN GIFT BOX MINECRAFT ICONICMONO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497313907 </t>
+  </si>
+  <si>
+    <t>3D TWIN STAINLESS STEEL STRAW SET MINECRAFT ICONICMONO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497314010 </t>
+  </si>
+  <si>
+    <t>COOL BASIC DOUBLE WALL MUG 860 ML MINNIE MOUSE CHERRYLICIOUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497314065 </t>
+  </si>
+  <si>
+    <t>GLAM INSULATED STAINLESS STEEL BOTTLE 665 ML MINNIE MOUSE CHERRYLICIOUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497314072 </t>
+  </si>
+  <si>
+    <t>GROOVED PP COFFEE TUMBLER 790 ML MINNIE MOUSE CHERRYLICIOUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497314089 </t>
+  </si>
+  <si>
+    <t>GROOVED PP STRAW TUMBLER 790 ML MINNIE MOUSE CHERRYLICIOUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497314096 </t>
+  </si>
+  <si>
+    <t>INSULATED STAINLESS STEEL BOTTLE 515 ML MINNIE MOUSE CHERRYLICIOUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497314102 </t>
+  </si>
+  <si>
+    <t>VASO COOL TERMO ACERO INOXIDABLE CON ASA 860 ML MINNIE MOUSE CHERRYLICIOUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497314126 </t>
+  </si>
+  <si>
+    <t>VASO TERMO ACERO INOXIDABLE CON CAÑA 3D 770 ML MINNIE MOUSE CHERRYLICIOUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497314195 </t>
+  </si>
+  <si>
+    <t>SET VASO CON DOS PAJITAS 480 ML MINNIE MOUSE CHERRYLICIOUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497314225 </t>
+  </si>
+  <si>
+    <t>TAZA COOL SIPPER XL ACERO INOXIDABLE 920 ML MINNIE MOUSE CHERRYLICIOUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497314287 </t>
+  </si>
+  <si>
+    <t>BOTELLA ACERO INOXIDABLE 780 ML MINNIE MOUSE CHERRYLICIOUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497314379 </t>
+  </si>
+  <si>
+    <t>TAZA HARMONY DOBLE PARED CON TAPA 470 ML MINNIE MOUSE CHERRYLICIOUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497314430 </t>
+  </si>
+  <si>
+    <t>DW INSULATED STAINLESS STEEL XL COOL MUG 920 ML MINNIE MOUSE CHERRYLICIOUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497314492 </t>
+  </si>
+  <si>
+    <t>AQUA BOTTLE 980 ML MINNIE MOUSE CHERRYLICIOUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497314515 </t>
+  </si>
+  <si>
+    <t>HYDRO BOTTLE 850 ML MINNIE MOUSE CHERRYLICIOUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497314591 </t>
+  </si>
+  <si>
+    <t>ALUMINIUM TREND BOTTLE 740 ML MINNIE MOUSE CHERRYLICIOUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497314638 </t>
+  </si>
+  <si>
+    <t>LATTE CERAMIC MUG 23 OZ IN GIFT BOX MINNIE MOUSE CHERRYLICIOUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497314799 </t>
+  </si>
+  <si>
+    <t>CERAMIC BREAKFAST MUG 14 OZ IN GIFT BOX MINNIE MOUSE CHERRYLICIOUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497314843 </t>
+  </si>
+  <si>
+    <t>CERAMIC MUG 11 OZ IN GIFT BOX MINNIE MOUSE CHERRYLICIOUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497314867 </t>
+  </si>
+  <si>
+    <t>CERAMIC GLOBE MUG 13 OZ IN GIFT BOX MINNIE MOUSE CHERRYLICIOUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497314881 </t>
+  </si>
+  <si>
+    <t>CERAMIC ELITE MUG 13 OZ IN GIFT BOX MINNIE MOUSE CHERRYLICIOUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497314904 </t>
+  </si>
+  <si>
+    <t>3D TWIN STAINLESS STEEL STRAW SET MINNIE MOUSE CHERRYLICIOUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497316014 </t>
+  </si>
+  <si>
+    <t>TAZA COOL BASIC DOBLE PARED 860 ML POKEMON METAL MELTDOWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497316069 </t>
+  </si>
+  <si>
+    <t>BOTELLA GLAM TERMO ACERO INOXIDABLE 665 ML POKEMON METAL MELTDOWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497316076 </t>
+  </si>
+  <si>
+    <t>VASO DE CAFE RELIEVE PP 790 ML POKEMON METAL MELTDOWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497316083 </t>
+  </si>
+  <si>
+    <t>VASO DE CAÑA RELIEVE PP 790 ML POKEMON METAL MELTDOWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497316090 </t>
+  </si>
+  <si>
+    <t>BOTELLA TERMO ACERO INOXIDABLE 515 ML POKEMON METAL MELTDOWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497316106 </t>
+  </si>
+  <si>
+    <t>VASO COOL TERMO ACERO INOXIDABLE CON ASA 860 ML POKEMON METAL MELTDOWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497316120 </t>
+  </si>
+  <si>
+    <t>INSULATED SS STRAW TUMBLER WITH 3D COVER 770 ML POKEMON METAL MELTDOWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497316199 </t>
+  </si>
+  <si>
+    <t>GLASS &amp; TWIN STRAW SET 480 ML POKEMON METAL MELTDOWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497316229 </t>
+  </si>
+  <si>
+    <t>DW INSULATED STAINLESS STEEL XL COOL SIPPER MUG 920 ML POKEMON METAL MELTDOWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497316274 </t>
+  </si>
+  <si>
+    <t>HARMONY DW MUG WITH LID 470 ML POKEMON METAL MELTDOWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497316281 </t>
+  </si>
+  <si>
+    <t>STAINLESS STEEL BOTTLE 780 ML POKEMON METAL MELTDOWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497316434 </t>
+  </si>
+  <si>
+    <t>DW INSULATED STAINLESS STEEL XL COOL MUG 920 ML POKEMON METAL MELTDOWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497316496 </t>
+  </si>
+  <si>
+    <t>AQUA BOTTLE 980 ML POKEMON METAL MELTDOWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497316519 </t>
+  </si>
+  <si>
+    <t>HYDRO BOTTLE 850 ML POKEMON METAL MELTDOWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497316595 </t>
+  </si>
+  <si>
+    <t>ALUMINIUM TREND BOTTLE 740 ML POKEMON METAL MELTDOWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497316632 </t>
+  </si>
+  <si>
+    <t>LATTE CERAMIC MUG 23 OZ IN GIFT BOX POKEMON METAL MELTDOWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497316649 </t>
+  </si>
+  <si>
+    <t>CUENCO RAMEN CON PALILLOS EN CAJA REGALO POKEMON METAL MELTDOWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497316663 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA 325 ML CHANGING COLOR EN CAJA REGALO POKEMON METAL MELTDOWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497316762 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA GLOBE 380 ML EN CAJA REGALO POKEMON METAL MELTDOWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497316793 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA DESAYUNO 400 ML EN CAJA REGALO POKEMON METAL MELTDOWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497316847 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA 325 ML EN CAJA REGALO POKEMON METAL MELTDOWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497316885 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA ELITE 380 ML EN CAJA REGALO POKEMON METAL MELTDOWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497316908 </t>
+  </si>
+  <si>
+    <t>3D TWIN STAINLESS STEEL STRAW SET POKEMON METAL MELTDOWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497317011 </t>
+  </si>
+  <si>
+    <t>COOL BASIC DOUBLE WALL MUG 860 ML STITCH ALOHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497317066 </t>
+  </si>
+  <si>
+    <t>GLAM INSULATED STAINLESS STEEL BOTTLE 665 ML STITCH ALOHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497317073 </t>
+  </si>
+  <si>
+    <t>GROOVED PP COFFEE TUMBLER 790 ML STITCH ALOHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497317080 </t>
+  </si>
+  <si>
+    <t>GROOVED PP STRAW TUMBLER 790 ML STITCH ALOHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497317097 </t>
+  </si>
+  <si>
+    <t>INSULATED STAINLESS STEEL BOTTLE 515 ML STITCH ALOHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497317103 </t>
+  </si>
+  <si>
+    <t>COOL INSULATED STAINLESS STEEL TUMBLER WITH HANDLE 860 ML STITCH ALOHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497317127 </t>
+  </si>
+  <si>
+    <t>INSULATED SS STRAW TUMBLER WITH 3D COVER 770 ML STITCH ALOHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497317196 </t>
+  </si>
+  <si>
+    <t>GLASS &amp; TWIN STRAWS SET 480 ML STITCH ALOHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497317202 </t>
+  </si>
+  <si>
+    <t>COOL EASY XL CHARACTER HANDLE DW MUG 770 ML STITCH ALOHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497317226 </t>
+  </si>
+  <si>
+    <t>TAZA COOL SIPPER XL ACERO INOXIDABLE 920 ML STITCH ALOHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497317271 </t>
+  </si>
+  <si>
+    <t>TAZA HARMONY DOBLE PARED CON TAPA 470 ML STITCH ALOHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497317288 </t>
+  </si>
+  <si>
+    <t>BOTELLA ACERO INOXIDABLE 780 ML STITCH ALOHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497317431 </t>
+  </si>
+  <si>
+    <t>TAZA COOL TERMO XL ACERO INOXIDABLE 920 ML STITCH ALOHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497317493 </t>
+  </si>
+  <si>
+    <t>BOTELLA AQUA 980 ML STITCH ALOHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497317516 </t>
+  </si>
+  <si>
+    <t>BOTELLA HIDRO 850 ML STITCH ALOHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497317554 </t>
+  </si>
+  <si>
+    <t>FRIENDLY INSULATED DRAWSTRING BAG STITCH ALOHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497317592 </t>
+  </si>
+  <si>
+    <t>ALUMINIUM TREND BOTTLE 740 ML STITCH ALOHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497317639 </t>
+  </si>
+  <si>
+    <t>LATTE CERAMIC MUG 23 OZ IN GIFT BOX STITCH ALOHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497317646 </t>
+  </si>
+  <si>
+    <t>DOLOMITE RAMEN BOWL WITH CHOPSTICKS IN GIFTBOX STITCH ALOHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497317790 </t>
+  </si>
+  <si>
+    <t>CERAMIC BREAKFAST MUG 14 OZ IN GIFT BOX STITCH ALOHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497317844 </t>
+  </si>
+  <si>
+    <t>CERAMIC MUG 11 OZ IN GIFT BOX STITCH ALOHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497317868 </t>
+  </si>
+  <si>
+    <t>CERAMIC CHANGING COLOR MUG 11 OZ IN GIFT BOX STITCH ALOHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497317882 </t>
+  </si>
+  <si>
+    <t>CERAMIC ELITE MUG 13 OZ IN GIFT BOX STITCH ALOHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497317905 </t>
+  </si>
+  <si>
+    <t>3D TWIN STAINLESS STEEL STRAW SET STITCH ALOHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497317950 </t>
+  </si>
+  <si>
+    <t>CERAMIC GLOBE MUG 13 OZ IN GIFT BOX STITCH ALOHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497318018 </t>
+  </si>
+  <si>
+    <t>TAZA COOL BASIC DOBLE PARED 860 ML SUPER MARIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497318063 </t>
+  </si>
+  <si>
+    <t>BOTELLA GLAM TERMO ACERO INOXIDABLE 665 ML SUPER MARIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497318100 </t>
+  </si>
+  <si>
+    <t>VASO COOL TERMO ACERO INOXIDABLE CON ASA 860 ML SUPER MARIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497318223 </t>
+  </si>
+  <si>
+    <t>TAZA COOL SIPPER XL ACERO INOXIDABLE 920 ML SUPER MARIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497318636 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA LATTE 695 ML EN CAJA REGALO SUPER MARIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497335695 </t>
+  </si>
+  <si>
+    <t>BOTELLA AQUA 980 ML TOY STORY 3 LOTSO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497404698 </t>
+  </si>
+  <si>
+    <t>POP UP CANTEEN 450 ML MINECRAFT ISOMETRIC CRSK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497406227 </t>
+  </si>
+  <si>
+    <t>SINGLE WALL CANTEEN 465 ML MINECRAFT CORE24</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497406296 </t>
+  </si>
+  <si>
+    <t>SOCKS AND CERAMIC MUG 11 OZ SET PAW PATROL GIRL GO SKYE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497406432 </t>
+  </si>
+  <si>
+    <t>ASKER LUNCH BOX MINECRAFT CORE24</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497406975 </t>
+  </si>
+  <si>
+    <t>SUPREME MULTI COMPARTMENT SANDWICH BOX MINECRAFT CORE24</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497412372 </t>
+  </si>
+  <si>
+    <t>SUPREME MULTI COMPARTMENT SANDWICH BOX PEPPA PIG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497412433 </t>
+  </si>
+  <si>
+    <t>ASKER LUNCH BOX PEPPA PIG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497412709 </t>
+  </si>
+  <si>
+    <t>COOL EASY DW SIPPER MUG 640 ML PEPPA PIG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497412778 </t>
+  </si>
+  <si>
+    <t>4 ZIPPER BAGS SET PEPPA PIG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497412792 </t>
+  </si>
+  <si>
+    <t>INSULATED LUNCH BAG WITH STRAPS PEPPA PIG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497495016 </t>
+  </si>
+  <si>
+    <t>BOTELLA PP PLAYGROUND 420 ML CARS STICKERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497506675 </t>
+  </si>
+  <si>
+    <t>SET 4 BOLSAS CON CIERRE ZIP BLUEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497506705 </t>
+  </si>
+  <si>
+    <t>TAZA COOL EASY DE DOBLE PARED CON SIPPER 640 ML BLUEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497506798 </t>
+  </si>
+  <si>
+    <t>LUNCH BAG AISLANTE BLUEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497515363 </t>
+  </si>
+  <si>
+    <t>BOTELLA ECOZEN HIDRO PEQUEÑA 430 ML CARS STICKERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497515660 </t>
+  </si>
+  <si>
+    <t>3D FIGURINE TUMBLER 360 ML CARS STICKERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497605576 </t>
+  </si>
+  <si>
+    <t>RECTANGULAR DIVIDED PLATE PEPPA PIG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497742042 </t>
+  </si>
+  <si>
+    <t>MICRO MUG 390 ML FROZEN ICE MAGIC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497743049 </t>
+  </si>
+  <si>
+    <t>MICRO MUG 390 ML MICKEY MOUSE BETTER TOGETHER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497750573 </t>
+  </si>
+  <si>
+    <t>4 ZIPPER BAGS SET STITCH DRAWING</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497750597 </t>
+  </si>
+  <si>
+    <t>INSULATED LUNCH BAG WITH STRAPS STITCH DRAWING</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497750702 </t>
+  </si>
+  <si>
+    <t>COOL EASY DW SIPPER MUG 640 ML STITCH DRAWING</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497751143 </t>
+  </si>
+  <si>
+    <t>MICRO MUG 390 ML ANGEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497751273 </t>
+  </si>
+  <si>
+    <t>EASY PP TUMBLER 260 ML ANGEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497751327 </t>
+  </si>
+  <si>
+    <t>SPORT BOTTLE 400 ML ANGEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497751402 </t>
+  </si>
+  <si>
+    <t>VASO CAÑA EASY 430 ML ANGEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497751709 </t>
+  </si>
+  <si>
+    <t>SANDWICHERA MULTIPLE ANGEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497751846 </t>
+  </si>
+  <si>
+    <t>SANDWICHERA RECTANGULAR ANGEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497753260 </t>
+  </si>
+  <si>
+    <t>BOTELLA ACERO INOXIDABLE 780 ML HELLO KITTY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497759095 </t>
+  </si>
+  <si>
+    <t>BOTELLA ALUMINIO TREND 740 ML SUPER MARIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497767540 </t>
+  </si>
+  <si>
+    <t>SET DE CALCETINES Y TAZA CERAMICA 325 ML PAW PATROL BOY ICONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497787401 </t>
+  </si>
+  <si>
+    <t>CERAMIC CHANGING COLOR MUG 11 OZ IN GIFT BOX SUPER MARIO INLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497788989 </t>
+  </si>
+  <si>
+    <t>CERAMIC 3D MUG IN GIFT BOX HELLO KITTY 17 OZ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497789566 </t>
+  </si>
+  <si>
+    <t>CERAMIC 3D MUG 16 OZ IN GIFT BOX PAW PATROL BOY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497789580 </t>
+  </si>
+  <si>
+    <t>CERAMIC 3D MUG 16 OZ IN GIFT BOX PAW PATROL GIRL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497806010 </t>
+  </si>
+  <si>
+    <t>SMALL ECOZEN BOTTLE 475 ML KPOP DEMON HUNTERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497806096 </t>
+  </si>
+  <si>
+    <t>INSULATED STAINLESS STEEL BOTTLE 515 ML KPOP DEMON HUNTERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497806232 </t>
+  </si>
+  <si>
+    <t>CERAMIC SB MUG 11 OZ IN BOX KPOP SAJA BOYS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497806355 </t>
+  </si>
+  <si>
+    <t>SMALL ECOZEN HYDRO BOTTLE 430 ML KPOP DEMON HUNTERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497806430 </t>
+  </si>
+  <si>
+    <t>DW INSULATED STAINLESS STEEL XL COOL MUG 920 ML KPOP DEMON HUNTERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497806492 </t>
+  </si>
+  <si>
+    <t>AQUA BOTTLE 980 ML KPOP DEMON HUNTERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497806515 </t>
+  </si>
+  <si>
+    <t>BOTELLA HIDRO 850 ML KPOP DEMON HUNTERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497806546 </t>
+  </si>
+  <si>
+    <t>CUENCO RAMEN CON PALILLOS EN CAJA REGALO KPOP DEMON HUNTERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497806591 </t>
+  </si>
+  <si>
+    <t>BOTELLA ALUMINIO TREND 740 ML KPOP DEMON HUNTERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497806737 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA LATTE 695 ML EN CAJA REGALO KPOP SAJA BOYS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497806782 </t>
+  </si>
+  <si>
+    <t>BOTELLA ECOZEN PREMIUM MEDIANA 620 ML KPOP DEMON HUNTERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497806836 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA 3D 370 ML EN CAJA REGALO SUSSIE HEAD KPOP DEMON HUNTERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497806843 </t>
+  </si>
+  <si>
+    <t>STAINLESS STEEL BOTTLE 780 ML KPOP DEMON HUNTERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497806850 </t>
+  </si>
+  <si>
+    <t>LARGE ECOZEN ADVENTURE BOTTLE 650 ML KPOP DEMON HUNTERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497806867 </t>
+  </si>
+  <si>
+    <t>GLAM INSULATED STAINLESS STEEL BOTTLE 665 ML KPOP DEMON HUNTERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497806881 </t>
+  </si>
+  <si>
+    <t>CERAMIC ELITE MUG 13 OZ IN GIFT BOX KPOP DEMON HUNTERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497806942 </t>
+  </si>
+  <si>
+    <t>CERAMIC BREAKFAST MUG 14 OZ IN GIFT BOX KPOP DEMON HUNTERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497806966 </t>
+  </si>
+  <si>
+    <t>CERAMIC SB MUG 11 OZ IN BOX KPOP DEMON HUNTERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497808373 </t>
+  </si>
+  <si>
+    <t>SUPREME MULTI COMPARTMENT SANDWICH BOX POKEMON BLUE TEAM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497808434 </t>
+  </si>
+  <si>
+    <t>ASKER LUNCH BOX POKEMON BLUE TEAM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497808472 </t>
+  </si>
+  <si>
+    <t>4 ZIPPER BAGS SET POKEMON BLUE TEAM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497808601 </t>
+  </si>
+  <si>
+    <t>COOL EASY DW SIPPER MUG 640 ML POKEMON BLUE TEAM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497808793 </t>
+  </si>
+  <si>
+    <t>LUNCH BAG AISLANTE POKEMON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497810499 </t>
+  </si>
+  <si>
+    <t>LUNCH BAG AISLANTE FROZEN AUTUMN LEAVES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497810673 </t>
+  </si>
+  <si>
+    <t>SET 4 BOLSAS CON CIERRE ZIP FROZEN SNOWY TALE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497810703 </t>
+  </si>
+  <si>
+    <t>TAZA COOL EASY DE DOBLE PARED CON SIPPER 640 ML FROZEN SNOWY TALE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811670 </t>
+  </si>
+  <si>
+    <t>SET 4 BOLSAS CON CIERRE ZIP MICKEY TRUE CHAMPIONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811700 </t>
+  </si>
+  <si>
+    <t>TAZA COOL EASY DE DOBLE PARED CON SIPPER 640 ML MICKEY TRUE CHAMPIONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497811878 </t>
+  </si>
+  <si>
+    <t>INSULATED LUNCH BAG WITH STRAPS MICKEY HAS FUN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497812677 </t>
+  </si>
+  <si>
+    <t>4 ZIPPER BAGS SET MINNIE SUNSHINE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497812707 </t>
+  </si>
+  <si>
+    <t>COOL EASY DW SIPPER MUG 640 ML MINNIE SUNSHINE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497812875 </t>
+  </si>
+  <si>
+    <t>INSULATED LUNCH BAG WITH STRAPS MINNIE BOLD FLORALS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497814374 </t>
+  </si>
+  <si>
+    <t>SUPREME MULTI COMPARTMENT SANDWICH BOX SUPER MARIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497814435 </t>
+  </si>
+  <si>
+    <t>ASKER LUNCH BOX SUPER MARIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497814671 </t>
+  </si>
+  <si>
+    <t>4 ZIPPER BAGS SET SUPER MARIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497814701 </t>
+  </si>
+  <si>
+    <t>COOL EASY DW SIPPER MUG 640 ML SUPER MARIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497814794 </t>
+  </si>
+  <si>
+    <t>INSULATED LUNCH BAG WITH STRAPS SUPER MARIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497816675 </t>
+  </si>
+  <si>
+    <t>4 ZIPPER BAGS SET PAW PATROL BOY RESCUE PUPS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497816705 </t>
+  </si>
+  <si>
+    <t>TAZA COOL EASY DE DOBLE PARED CON SIPPER 640 ML PAW PATROL BOY RESCUE PUPS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497816798 </t>
+  </si>
+  <si>
+    <t>LUNCH BAG AISLANTE PAW PATROL BOY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497817580 </t>
+  </si>
+  <si>
+    <t>BOTELLA POP UP DE ALUMINIO CON CORREA 730 ML HELLO KITTY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497817696 </t>
+  </si>
+  <si>
+    <t>ROBOT POP UP 450 ML HELLO KITTY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497817795 </t>
+  </si>
+  <si>
+    <t>LUNCH BAG AISLANTE HELLO KITTY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497820221 </t>
+  </si>
+  <si>
+    <t>ROBOT PARED SENCILLA 465 ML PRINCESS BEYOU TIFULS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497820375 </t>
+  </si>
+  <si>
+    <t>SUPREME MULTI COMPARTMENT SANDWICH BOX PRINCESS COURAGEOUS HEART</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497835492 </t>
+  </si>
+  <si>
+    <t>INSULATED LUNCH BAG WITH STRAPS SPIDERMAN MOB RULES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497835676 </t>
+  </si>
+  <si>
+    <t>4 ZIPPER BAGS SET SPIDERMAN MOVING TARGET</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497835706 </t>
+  </si>
+  <si>
+    <t>COOL EASY DW SIPPER MUG 640 ML SPIDERMAN MOVING TARGET</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497880461 </t>
+  </si>
+  <si>
+    <t>SOCKS AND CERAMIC MUG 11 OZ SET GABBY\'S DOLLHOUSE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497880478 </t>
+  </si>
+  <si>
+    <t>SOCKS AND CERAMIC MUG 11 OZ SET HARRY POTTER CHIBI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497880522 </t>
+  </si>
+  <si>
+    <t>SOCKS AND CERAMIC MUG 11 OZ SET BLUEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497881444 </t>
+  </si>
+  <si>
+    <t>SOCKS AND CERAMIC MUG 11 OZ SET MINECRAFT CORE 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497881864 </t>
+  </si>
+  <si>
+    <t>SOCKS AND CERAMIC MUG 11 OZ SET SUPERMAN ICON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497980499 </t>
+  </si>
+  <si>
+    <t>CERAMIC SB MUG 11 OZ IN BOX THE SIMPSONS FAMILY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497980505 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA THE SIMPSONS FAMILY CLOUDS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497988716 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA THE LION KING JUNGLE ROAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497988723 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA THE LION KING NIGHT STARS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497989973 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA TOY STORY SPACE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497989997 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA TOY STORY FRAME</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497996438 </t>
+  </si>
+  <si>
+    <t>TAZA CERAMICA SB 325 ML EN CAJA CARS HAPPY SQUAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8412497996872 </t>
+  </si>
+  <si>
+    <t>CERAMIC SB MUG 11 OZ IN BOX CARS RACING FRIENDS</t>
   </si>
   <si>
     <t xml:space="preserve">8412497084616 </t>
   </si>
   <si>
     <t>08461</t>
   </si>
   <si>
-    <t>TAZA CERAMICA 325 ML EN CAJA REGALO SONIC JAPAN YA</t>
-[...3794 lines deleted...]
-    <t>08461-cp2</t>
+    <t>CERAMIC MUG 11 OZ IN GIFT BOX SONIC JAPAN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -11530,62 +11521,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D1773"/>
+  <dimension ref="A1:D1771"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="18" customWidth="true" style="1"/>
     <col min="2" max="2" width="12" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="10" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="134" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="143" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
@@ -22445,8653 +22436,8631 @@
         <v>88224</v>
       </c>
       <c r="D989" t="s">
         <v>2081</v>
       </c>
     </row>
     <row r="990" spans="1:4">
       <c r="A990" s="1" t="s">
         <v>2082</v>
       </c>
       <c r="B990" s="1">
         <v>88225</v>
       </c>
       <c r="D990" t="s">
         <v>2083</v>
       </c>
     </row>
     <row r="991" spans="1:4">
       <c r="A991" s="1" t="s">
         <v>2084</v>
       </c>
       <c r="B991" s="1">
         <v>88234</v>
       </c>
       <c r="D991" t="s">
-        <v>2081</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="992" spans="1:4">
       <c r="A992" s="1" t="s">
-        <v>2085</v>
+        <v>2086</v>
       </c>
       <c r="B992" s="1">
         <v>88235</v>
       </c>
       <c r="D992" t="s">
-        <v>2086</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="993" spans="1:4">
       <c r="A993" s="1" t="s">
-        <v>2087</v>
+        <v>2088</v>
       </c>
       <c r="B993" s="1">
         <v>88243</v>
       </c>
       <c r="D993" t="s">
-        <v>2088</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="994" spans="1:4">
       <c r="A994" s="1" t="s">
-        <v>2089</v>
+        <v>2090</v>
       </c>
       <c r="B994" s="1">
         <v>88304</v>
       </c>
       <c r="D994" t="s">
-        <v>2090</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="995" spans="1:4">
       <c r="A995" s="1" t="s">
-        <v>2091</v>
+        <v>2092</v>
       </c>
       <c r="B995" s="1">
         <v>88307</v>
       </c>
       <c r="D995" t="s">
-        <v>2092</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="996" spans="1:4">
       <c r="A996" s="1" t="s">
-        <v>2093</v>
+        <v>2094</v>
       </c>
       <c r="B996" s="1">
         <v>88320</v>
       </c>
       <c r="D996" t="s">
-        <v>2094</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="997" spans="1:4">
       <c r="A997" s="1" t="s">
-        <v>2095</v>
+        <v>2096</v>
       </c>
       <c r="B997" s="1">
         <v>88330</v>
       </c>
       <c r="D997" t="s">
-        <v>2096</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="998" spans="1:4">
       <c r="A998" s="1" t="s">
-        <v>2097</v>
+        <v>2098</v>
       </c>
       <c r="B998" s="1">
         <v>88332</v>
       </c>
       <c r="D998" t="s">
-        <v>2098</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="999" spans="1:4">
       <c r="A999" s="1" t="s">
-        <v>2099</v>
+        <v>2100</v>
       </c>
       <c r="B999" s="1">
         <v>88374</v>
       </c>
       <c r="D999" t="s">
-        <v>2100</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="1000" spans="1:4">
       <c r="A1000" s="1" t="s">
-        <v>2101</v>
+        <v>2102</v>
       </c>
       <c r="B1000" s="1">
         <v>88394</v>
       </c>
       <c r="D1000" t="s">
-        <v>2102</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="1001" spans="1:4">
       <c r="A1001" s="1" t="s">
-        <v>2103</v>
+        <v>2104</v>
       </c>
       <c r="B1001" s="1">
         <v>90094</v>
       </c>
       <c r="D1001" t="s">
-        <v>2104</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="1002" spans="1:4">
       <c r="A1002" s="1" t="s">
-        <v>2105</v>
+        <v>2106</v>
       </c>
       <c r="B1002" s="1">
         <v>93488</v>
       </c>
       <c r="D1002" t="s">
-        <v>2106</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="1003" spans="1:4">
       <c r="A1003" s="1" t="s">
-        <v>2107</v>
+        <v>2108</v>
       </c>
       <c r="B1003" s="1">
         <v>93492</v>
       </c>
       <c r="D1003" t="s">
-        <v>2108</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="1004" spans="1:4">
       <c r="A1004" s="1" t="s">
-        <v>2109</v>
+        <v>2110</v>
       </c>
       <c r="B1004" s="1">
         <v>93848</v>
       </c>
       <c r="D1004" t="s">
-        <v>2110</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="1005" spans="1:4">
       <c r="A1005" s="1" t="s">
-        <v>2111</v>
+        <v>2112</v>
       </c>
       <c r="B1005" s="1">
         <v>94714</v>
       </c>
       <c r="D1005" t="s">
-        <v>2112</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="1006" spans="1:4">
       <c r="A1006" s="1" t="s">
-        <v>2113</v>
+        <v>2114</v>
       </c>
       <c r="B1006" s="1">
         <v>94931</v>
       </c>
       <c r="D1006" t="s">
-        <v>2114</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="1007" spans="1:4">
       <c r="A1007" s="1" t="s">
-        <v>2115</v>
+        <v>2116</v>
       </c>
       <c r="B1007" s="1">
         <v>95500</v>
       </c>
       <c r="D1007" t="s">
-        <v>2116</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="1008" spans="1:4">
       <c r="A1008" s="1" t="s">
-        <v>2117</v>
+        <v>2118</v>
       </c>
       <c r="B1008" s="1">
         <v>97358</v>
       </c>
       <c r="D1008" t="s">
-        <v>2118</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="1009" spans="1:4">
       <c r="A1009" s="1" t="s">
-        <v>2119</v>
+        <v>2120</v>
       </c>
       <c r="B1009" s="1">
         <v>97380</v>
       </c>
       <c r="D1009" t="s">
-        <v>2120</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="1010" spans="1:4">
       <c r="A1010" s="1" t="s">
-        <v>2121</v>
+        <v>2122</v>
       </c>
       <c r="B1010" s="1">
         <v>97381</v>
       </c>
       <c r="D1010" t="s">
-        <v>2122</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="1011" spans="1:4">
       <c r="A1011" s="1" t="s">
-        <v>2123</v>
+        <v>2124</v>
       </c>
       <c r="B1011" s="1">
         <v>97382</v>
       </c>
       <c r="D1011" t="s">
-        <v>2124</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="1012" spans="1:4">
       <c r="A1012" s="1" t="s">
-        <v>2125</v>
+        <v>2126</v>
       </c>
       <c r="B1012" s="1">
         <v>98690</v>
       </c>
       <c r="D1012" t="s">
-        <v>2126</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="1013" spans="1:4">
       <c r="A1013" s="1" t="s">
-        <v>2127</v>
+        <v>2128</v>
       </c>
       <c r="B1013" s="1">
         <v>98691</v>
       </c>
       <c r="D1013" t="s">
-        <v>2128</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="1014" spans="1:4">
       <c r="A1014" s="1" t="s">
-        <v>2129</v>
+        <v>2130</v>
       </c>
       <c r="B1014" s="1">
         <v>98692</v>
       </c>
       <c r="D1014" t="s">
-        <v>2130</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="1015" spans="1:4">
       <c r="A1015" s="1" t="s">
-        <v>2131</v>
+        <v>2132</v>
       </c>
       <c r="B1015" s="1">
         <v>98693</v>
       </c>
       <c r="D1015" t="s">
-        <v>2132</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="1016" spans="1:4">
       <c r="A1016" s="1" t="s">
-        <v>2133</v>
+        <v>2134</v>
       </c>
       <c r="B1016" s="1">
         <v>98694</v>
       </c>
       <c r="D1016" t="s">
-        <v>2134</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="1017" spans="1:4">
       <c r="A1017" s="1" t="s">
-        <v>2135</v>
+        <v>2136</v>
       </c>
       <c r="B1017" s="1">
         <v>98695</v>
       </c>
       <c r="D1017" t="s">
-        <v>2136</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="1018" spans="1:4">
       <c r="A1018" s="1" t="s">
-        <v>2137</v>
+        <v>2138</v>
       </c>
       <c r="B1018" s="1">
         <v>98696</v>
       </c>
       <c r="D1018" t="s">
-        <v>2138</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="1019" spans="1:4">
       <c r="A1019" s="1" t="s">
-        <v>2139</v>
+        <v>2140</v>
       </c>
       <c r="B1019" s="1">
         <v>98697</v>
       </c>
       <c r="D1019" t="s">
-        <v>2140</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="1020" spans="1:4">
       <c r="A1020" s="1" t="s">
-        <v>2141</v>
+        <v>2142</v>
       </c>
       <c r="B1020" s="1">
         <v>98698</v>
       </c>
       <c r="D1020" t="s">
-        <v>2142</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="1021" spans="1:4">
       <c r="A1021" s="1" t="s">
-        <v>2143</v>
+        <v>2144</v>
       </c>
       <c r="B1021" s="1">
         <v>98699</v>
       </c>
       <c r="D1021" t="s">
-        <v>2144</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="1022" spans="1:4">
       <c r="A1022" s="1" t="s">
-        <v>2145</v>
+        <v>2146</v>
       </c>
       <c r="B1022" s="1">
         <v>98700</v>
       </c>
       <c r="D1022" t="s">
-        <v>2146</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="1023" spans="1:4">
       <c r="A1023" s="1" t="s">
-        <v>2147</v>
+        <v>2148</v>
       </c>
       <c r="B1023" s="1">
         <v>98701</v>
       </c>
       <c r="D1023" t="s">
-        <v>2148</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="1024" spans="1:4">
       <c r="A1024" s="1" t="s">
-        <v>2149</v>
+        <v>2150</v>
       </c>
       <c r="B1024" s="1">
         <v>98702</v>
       </c>
       <c r="D1024" t="s">
-        <v>2150</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="1025" spans="1:4">
       <c r="A1025" s="1" t="s">
-        <v>2151</v>
+        <v>2152</v>
       </c>
       <c r="B1025" s="1">
         <v>98705</v>
       </c>
       <c r="D1025" t="s">
-        <v>2152</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="1026" spans="1:4">
       <c r="A1026" s="1" t="s">
-        <v>2153</v>
+        <v>2154</v>
       </c>
       <c r="B1026" s="1">
         <v>98706</v>
       </c>
       <c r="D1026" t="s">
-        <v>2154</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="1027" spans="1:4">
       <c r="A1027" s="1" t="s">
-        <v>2155</v>
+        <v>2156</v>
       </c>
       <c r="B1027" s="1">
         <v>98711</v>
       </c>
       <c r="D1027" t="s">
-        <v>2156</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="1028" spans="1:4">
       <c r="A1028" s="1" t="s">
-        <v>2157</v>
+        <v>2158</v>
       </c>
       <c r="B1028" s="1">
         <v>98712</v>
       </c>
       <c r="D1028" t="s">
-        <v>2158</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="1029" spans="1:4">
       <c r="A1029" s="1" t="s">
-        <v>2159</v>
+        <v>2160</v>
       </c>
       <c r="B1029" s="1">
         <v>98713</v>
       </c>
       <c r="D1029" t="s">
-        <v>2160</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="1030" spans="1:4">
       <c r="A1030" s="1" t="s">
-        <v>2161</v>
+        <v>2162</v>
       </c>
       <c r="B1030" s="1">
         <v>98714</v>
       </c>
       <c r="D1030" t="s">
-        <v>2162</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="1031" spans="1:4">
       <c r="A1031" s="1" t="s">
-        <v>2163</v>
+        <v>2164</v>
       </c>
       <c r="B1031" s="1">
         <v>98715</v>
       </c>
       <c r="D1031" t="s">
-        <v>2164</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="1032" spans="1:4">
       <c r="A1032" s="1" t="s">
-        <v>2165</v>
+        <v>2166</v>
       </c>
       <c r="B1032" s="1">
         <v>98716</v>
       </c>
       <c r="D1032" t="s">
-        <v>2166</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="1033" spans="1:4">
       <c r="A1033" s="1" t="s">
-        <v>2167</v>
+        <v>2168</v>
       </c>
       <c r="B1033" s="1">
         <v>98717</v>
       </c>
       <c r="D1033" t="s">
-        <v>2168</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="1034" spans="1:4">
       <c r="A1034" s="1" t="s">
-        <v>2169</v>
+        <v>2170</v>
       </c>
       <c r="B1034" s="1">
         <v>98718</v>
       </c>
       <c r="D1034" t="s">
-        <v>2170</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="1035" spans="1:4">
       <c r="A1035" s="1" t="s">
-        <v>2171</v>
+        <v>2172</v>
       </c>
       <c r="B1035" s="1">
         <v>98719</v>
       </c>
       <c r="D1035" t="s">
-        <v>2172</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="1036" spans="1:4">
       <c r="A1036" s="1" t="s">
-        <v>2173</v>
+        <v>2174</v>
       </c>
       <c r="B1036" s="1">
         <v>98720</v>
       </c>
       <c r="D1036" t="s">
-        <v>2174</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="1037" spans="1:4">
       <c r="A1037" s="1" t="s">
-        <v>2175</v>
+        <v>2176</v>
       </c>
       <c r="B1037" s="1">
         <v>98721</v>
       </c>
       <c r="D1037" t="s">
-        <v>2176</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="1038" spans="1:4">
       <c r="A1038" s="1" t="s">
-        <v>2177</v>
+        <v>2178</v>
       </c>
       <c r="B1038" s="1">
         <v>98722</v>
       </c>
       <c r="D1038" t="s">
-        <v>2178</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="1039" spans="1:4">
       <c r="A1039" s="1" t="s">
-        <v>2179</v>
+        <v>2180</v>
       </c>
       <c r="B1039" s="1">
         <v>98723</v>
       </c>
       <c r="D1039" t="s">
-        <v>2180</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="1040" spans="1:4">
       <c r="A1040" s="1" t="s">
-        <v>2181</v>
+        <v>2182</v>
       </c>
       <c r="B1040" s="1">
         <v>98832</v>
       </c>
       <c r="D1040" t="s">
-        <v>2182</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="1041" spans="1:4">
       <c r="A1041" s="1" t="s">
-        <v>2183</v>
+        <v>2184</v>
       </c>
       <c r="B1041" s="1">
         <v>98833</v>
       </c>
       <c r="D1041" t="s">
-        <v>2184</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="1042" spans="1:4">
       <c r="A1042" s="1" t="s">
-        <v>2185</v>
+        <v>2186</v>
       </c>
       <c r="B1042" s="1">
         <v>98834</v>
       </c>
       <c r="D1042" t="s">
-        <v>2186</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="1043" spans="1:4">
       <c r="A1043" s="1" t="s">
-        <v>2187</v>
+        <v>2188</v>
       </c>
       <c r="B1043" s="1">
         <v>98835</v>
       </c>
       <c r="D1043" t="s">
-        <v>2188</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="1044" spans="1:4">
       <c r="A1044" s="1" t="s">
-        <v>2189</v>
+        <v>2190</v>
       </c>
       <c r="B1044" s="1">
         <v>98836</v>
       </c>
       <c r="D1044" t="s">
-        <v>2190</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="1045" spans="1:4">
       <c r="A1045" s="1" t="s">
-        <v>2191</v>
+        <v>2192</v>
       </c>
       <c r="B1045" s="1">
         <v>99004</v>
       </c>
       <c r="D1045" t="s">
-        <v>2192</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="1046" spans="1:4">
       <c r="A1046" s="1" t="s">
-        <v>2193</v>
+        <v>2194</v>
       </c>
       <c r="B1046" s="1">
         <v>99005</v>
       </c>
       <c r="D1046" t="s">
-        <v>2194</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="1047" spans="1:4">
       <c r="A1047" s="1" t="s">
-        <v>2195</v>
+        <v>2196</v>
       </c>
       <c r="B1047" s="1">
         <v>99057</v>
       </c>
       <c r="D1047" t="s">
-        <v>2196</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="1048" spans="1:4">
       <c r="A1048" s="1" t="s">
-        <v>2197</v>
+        <v>2198</v>
       </c>
       <c r="B1048" s="1">
         <v>99064</v>
       </c>
       <c r="D1048" t="s">
-        <v>2198</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="1049" spans="1:4">
       <c r="A1049" s="1" t="s">
-        <v>2199</v>
+        <v>2200</v>
       </c>
       <c r="B1049" s="1">
         <v>99065</v>
       </c>
       <c r="D1049" t="s">
-        <v>2200</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="1050" spans="1:4">
       <c r="A1050" s="1" t="s">
-        <v>2201</v>
+        <v>2202</v>
       </c>
       <c r="B1050" s="1">
         <v>99067</v>
       </c>
       <c r="D1050" t="s">
-        <v>2202</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="1051" spans="1:4">
       <c r="A1051" s="1" t="s">
-        <v>2203</v>
+        <v>2204</v>
       </c>
       <c r="B1051" s="1">
         <v>99068</v>
       </c>
       <c r="D1051" t="s">
-        <v>2204</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="1052" spans="1:4">
       <c r="A1052" s="1" t="s">
-        <v>2205</v>
+        <v>2206</v>
       </c>
       <c r="B1052" s="1">
         <v>99073</v>
       </c>
       <c r="D1052" t="s">
-        <v>2206</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="1053" spans="1:4">
       <c r="A1053" s="1" t="s">
-        <v>2207</v>
+        <v>2208</v>
       </c>
       <c r="B1053" s="1">
         <v>99082</v>
       </c>
       <c r="D1053" t="s">
-        <v>2208</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="1054" spans="1:4">
       <c r="A1054" s="1" t="s">
-        <v>2209</v>
+        <v>2210</v>
       </c>
       <c r="B1054" s="1">
         <v>99083</v>
       </c>
       <c r="D1054" t="s">
-        <v>2210</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="1055" spans="1:4">
       <c r="A1055" s="1" t="s">
-        <v>2211</v>
+        <v>2212</v>
       </c>
       <c r="B1055" s="1">
         <v>99084</v>
       </c>
       <c r="D1055" t="s">
-        <v>2212</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="1056" spans="1:4">
       <c r="A1056" s="1" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="B1056" s="1">
         <v>99085</v>
       </c>
       <c r="D1056" t="s">
-        <v>2214</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="1057" spans="1:4">
       <c r="A1057" s="1" t="s">
-        <v>2215</v>
+        <v>2216</v>
       </c>
       <c r="B1057" s="1">
         <v>99086</v>
       </c>
       <c r="D1057" t="s">
-        <v>2216</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="1058" spans="1:4">
       <c r="A1058" s="1" t="s">
-        <v>2217</v>
+        <v>2218</v>
       </c>
       <c r="B1058" s="1">
         <v>99092</v>
       </c>
       <c r="D1058" t="s">
-        <v>2218</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="1059" spans="1:4">
       <c r="A1059" s="1" t="s">
-        <v>2219</v>
+        <v>2220</v>
       </c>
       <c r="B1059" s="1">
         <v>99097</v>
       </c>
       <c r="D1059" t="s">
-        <v>2220</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="1060" spans="1:4">
       <c r="A1060" s="1" t="s">
-        <v>2221</v>
+        <v>2222</v>
       </c>
       <c r="B1060" s="1">
         <v>99115</v>
       </c>
       <c r="D1060" t="s">
-        <v>2222</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="1061" spans="1:4">
       <c r="A1061" s="1" t="s">
-        <v>2223</v>
+        <v>2224</v>
       </c>
       <c r="B1061" s="1">
         <v>99116</v>
       </c>
       <c r="D1061" t="s">
-        <v>2224</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="1062" spans="1:4">
       <c r="A1062" s="1" t="s">
-        <v>2225</v>
+        <v>2226</v>
       </c>
       <c r="B1062" s="1">
         <v>99118</v>
       </c>
       <c r="D1062" t="s">
-        <v>2226</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="1063" spans="1:4">
       <c r="A1063" s="1" t="s">
-        <v>2227</v>
+        <v>2228</v>
       </c>
       <c r="B1063" s="1">
         <v>99133</v>
       </c>
       <c r="D1063" t="s">
-        <v>2228</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="1064" spans="1:4">
       <c r="A1064" s="1" t="s">
-        <v>2229</v>
+        <v>2230</v>
       </c>
       <c r="B1064" s="1">
         <v>99134</v>
       </c>
       <c r="D1064" t="s">
-        <v>2230</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="1065" spans="1:4">
       <c r="A1065" s="1" t="s">
-        <v>2231</v>
+        <v>2232</v>
       </c>
       <c r="B1065" s="1">
         <v>99240</v>
       </c>
       <c r="D1065" t="s">
-        <v>2232</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="1066" spans="1:4">
       <c r="A1066" s="1" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="B1066" s="1">
         <v>99242</v>
       </c>
       <c r="D1066" t="s">
-        <v>2234</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="1067" spans="1:4">
       <c r="A1067" s="1" t="s">
-        <v>2235</v>
+        <v>2236</v>
       </c>
       <c r="B1067" s="1">
         <v>99247</v>
       </c>
       <c r="D1067" t="s">
-        <v>2236</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="1068" spans="1:4">
       <c r="A1068" s="1" t="s">
-        <v>2237</v>
+        <v>2238</v>
       </c>
       <c r="B1068" s="1">
         <v>99248</v>
       </c>
       <c r="D1068" t="s">
-        <v>2238</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="1069" spans="1:4">
       <c r="A1069" s="1" t="s">
-        <v>2239</v>
+        <v>2240</v>
       </c>
       <c r="B1069" s="1">
         <v>99256</v>
       </c>
       <c r="D1069" t="s">
-        <v>2240</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="1070" spans="1:4">
       <c r="A1070" s="1" t="s">
-        <v>2241</v>
+        <v>2242</v>
       </c>
       <c r="B1070" s="1">
         <v>99279</v>
       </c>
       <c r="D1070" t="s">
-        <v>2242</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="1071" spans="1:4">
       <c r="A1071" s="1" t="s">
-        <v>2243</v>
+        <v>2244</v>
       </c>
       <c r="B1071" s="1">
         <v>99280</v>
       </c>
       <c r="D1071" t="s">
-        <v>2244</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="1072" spans="1:4">
       <c r="A1072" s="1" t="s">
-        <v>2245</v>
+        <v>2246</v>
       </c>
       <c r="B1072" s="1">
         <v>99363</v>
       </c>
       <c r="D1072" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="1073" spans="1:4">
       <c r="A1073" s="1" t="s">
-        <v>2247</v>
+        <v>2248</v>
       </c>
       <c r="B1073" s="1">
         <v>99364</v>
       </c>
       <c r="D1073" t="s">
-        <v>2248</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="1074" spans="1:4">
       <c r="A1074" s="1" t="s">
-        <v>2249</v>
+        <v>2250</v>
       </c>
       <c r="B1074" s="1">
         <v>99379</v>
       </c>
       <c r="D1074" t="s">
-        <v>2250</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="1075" spans="1:4">
       <c r="A1075" s="1" t="s">
-        <v>2251</v>
+        <v>2252</v>
       </c>
       <c r="B1075" s="1">
         <v>99380</v>
       </c>
       <c r="D1075" t="s">
-        <v>2252</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="1076" spans="1:4">
       <c r="A1076" s="1" t="s">
-        <v>2253</v>
+        <v>2254</v>
       </c>
       <c r="B1076" s="1">
         <v>99440</v>
       </c>
       <c r="D1076" t="s">
-        <v>2254</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="1077" spans="1:4">
       <c r="A1077" s="1" t="s">
-        <v>2255</v>
+        <v>2256</v>
       </c>
       <c r="B1077" s="1">
         <v>99441</v>
       </c>
       <c r="D1077" t="s">
-        <v>2256</v>
+        <v>2257</v>
       </c>
     </row>
     <row r="1078" spans="1:4">
       <c r="A1078" s="1" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B1078" s="1">
         <v>99442</v>
       </c>
       <c r="D1078" t="s">
-        <v>2258</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="1079" spans="1:4">
       <c r="A1079" s="1" t="s">
-        <v>2259</v>
+        <v>2260</v>
       </c>
       <c r="B1079" s="1">
         <v>99445</v>
       </c>
       <c r="D1079" t="s">
-        <v>2260</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="1080" spans="1:4">
       <c r="A1080" s="1" t="s">
-        <v>2261</v>
+        <v>2262</v>
       </c>
       <c r="B1080" s="1">
         <v>99466</v>
       </c>
       <c r="D1080" t="s">
-        <v>2262</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="1081" spans="1:4">
       <c r="A1081" s="1" t="s">
-        <v>2263</v>
+        <v>2264</v>
       </c>
       <c r="B1081" s="1">
         <v>99467</v>
       </c>
       <c r="D1081" t="s">
-        <v>2264</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="1082" spans="1:4">
       <c r="A1082" s="1" t="s">
-        <v>2265</v>
+        <v>2266</v>
       </c>
       <c r="B1082" s="1">
         <v>99482</v>
       </c>
       <c r="D1082" t="s">
-        <v>2266</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="1083" spans="1:4">
       <c r="A1083" s="1" t="s">
-        <v>2267</v>
+        <v>2268</v>
       </c>
       <c r="B1083" s="1">
         <v>99483</v>
       </c>
       <c r="D1083" t="s">
-        <v>2268</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="1084" spans="1:4">
       <c r="A1084" s="1" t="s">
-        <v>2269</v>
+        <v>2270</v>
       </c>
       <c r="B1084" s="1">
         <v>99484</v>
       </c>
       <c r="D1084" t="s">
-        <v>2270</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="1085" spans="1:4">
       <c r="A1085" s="1" t="s">
-        <v>2271</v>
+        <v>2272</v>
       </c>
       <c r="B1085" s="1">
         <v>99485</v>
       </c>
       <c r="D1085" t="s">
-        <v>2272</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="1086" spans="1:4">
       <c r="A1086" s="1" t="s">
-        <v>2273</v>
+        <v>2274</v>
       </c>
       <c r="B1086" s="1">
         <v>99500</v>
       </c>
       <c r="D1086" t="s">
-        <v>2274</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="1087" spans="1:4">
       <c r="A1087" s="1" t="s">
-        <v>2275</v>
+        <v>2276</v>
       </c>
       <c r="B1087" s="1">
         <v>99530</v>
       </c>
       <c r="D1087" t="s">
-        <v>2276</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="1088" spans="1:4">
       <c r="A1088" s="1" t="s">
-        <v>2277</v>
+        <v>2278</v>
       </c>
       <c r="B1088" s="1">
         <v>99551</v>
       </c>
       <c r="D1088" t="s">
-        <v>2278</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="1089" spans="1:4">
       <c r="A1089" s="1" t="s">
-        <v>2279</v>
+        <v>2280</v>
       </c>
       <c r="B1089" s="1">
         <v>99552</v>
       </c>
       <c r="D1089" t="s">
-        <v>2280</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="1090" spans="1:4">
       <c r="A1090" s="1" t="s">
-        <v>2281</v>
+        <v>2282</v>
       </c>
       <c r="B1090" s="1">
         <v>99553</v>
       </c>
       <c r="D1090" t="s">
-        <v>2282</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="1091" spans="1:4">
       <c r="A1091" s="1" t="s">
-        <v>2283</v>
+        <v>2284</v>
       </c>
       <c r="B1091" s="1">
         <v>99554</v>
       </c>
       <c r="D1091" t="s">
-        <v>2284</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="1092" spans="1:4">
       <c r="A1092" s="1" t="s">
-        <v>2285</v>
+        <v>2286</v>
       </c>
       <c r="B1092" s="1">
         <v>99623</v>
       </c>
       <c r="D1092" t="s">
-        <v>2286</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="1093" spans="1:4">
       <c r="A1093" s="1" t="s">
-        <v>2287</v>
+        <v>2288</v>
       </c>
       <c r="B1093" s="1">
         <v>99818</v>
       </c>
       <c r="D1093" t="s">
-        <v>2288</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="1094" spans="1:4">
       <c r="A1094" s="1" t="s">
-        <v>2289</v>
+        <v>2290</v>
       </c>
       <c r="B1094" s="1">
         <v>99819</v>
       </c>
       <c r="D1094" t="s">
-        <v>2290</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="1095" spans="1:4">
       <c r="A1095" s="1" t="s">
-        <v>2291</v>
+        <v>2292</v>
       </c>
       <c r="B1095" s="1">
         <v>99820</v>
       </c>
       <c r="D1095" t="s">
-        <v>2292</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="1096" spans="1:4">
       <c r="A1096" s="1" t="s">
-        <v>2293</v>
+        <v>2294</v>
       </c>
       <c r="B1096" s="1">
         <v>99821</v>
       </c>
       <c r="D1096" t="s">
-        <v>2294</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="1097" spans="1:4">
       <c r="A1097" s="1" t="s">
-        <v>2295</v>
+        <v>2296</v>
       </c>
       <c r="B1097" s="1">
         <v>75030</v>
       </c>
       <c r="D1097" t="s">
-        <v>2296</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="1098" spans="1:4">
       <c r="A1098" s="1" t="s">
-        <v>2297</v>
+        <v>2298</v>
       </c>
       <c r="B1098" s="1">
         <v>75032</v>
       </c>
       <c r="D1098" t="s">
-        <v>2298</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="1099" spans="1:4">
       <c r="A1099" s="1" t="s">
-        <v>2299</v>
+        <v>2300</v>
       </c>
       <c r="B1099" s="1">
         <v>75031</v>
       </c>
       <c r="D1099" t="s">
-        <v>2300</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="1100" spans="1:4">
       <c r="A1100" s="1" t="s">
-        <v>2301</v>
+        <v>2302</v>
       </c>
       <c r="B1100" s="1">
         <v>75034</v>
       </c>
       <c r="D1100" t="s">
-        <v>2302</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="1101" spans="1:4">
       <c r="A1101" s="1" t="s">
-        <v>2303</v>
+        <v>2304</v>
       </c>
       <c r="B1101" s="1">
         <v>75035</v>
       </c>
       <c r="D1101" t="s">
-        <v>2304</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="1102" spans="1:4">
       <c r="A1102" s="1" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="B1102" s="1">
         <v>75037</v>
       </c>
       <c r="D1102" t="s">
-        <v>2306</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="1103" spans="1:4">
       <c r="A1103" s="1" t="s">
-        <v>2307</v>
+        <v>2308</v>
       </c>
       <c r="B1103" s="1">
         <v>75038</v>
       </c>
       <c r="D1103" t="s">
-        <v>2308</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="1104" spans="1:4">
       <c r="A1104" s="1" t="s">
-        <v>2309</v>
+        <v>2310</v>
       </c>
       <c r="B1104" s="1">
         <v>75040</v>
       </c>
       <c r="D1104" t="s">
-        <v>2310</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="1105" spans="1:4">
       <c r="A1105" s="1" t="s">
-        <v>2311</v>
+        <v>2312</v>
       </c>
       <c r="B1105" s="1">
         <v>75041</v>
       </c>
       <c r="D1105" t="s">
-        <v>2312</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="1106" spans="1:4">
       <c r="A1106" s="1" t="s">
-        <v>2313</v>
+        <v>2314</v>
       </c>
       <c r="B1106" s="1">
         <v>75042</v>
       </c>
       <c r="D1106" t="s">
-        <v>2314</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="1107" spans="1:4">
       <c r="A1107" s="1" t="s">
-        <v>2315</v>
+        <v>2316</v>
       </c>
       <c r="B1107" s="1">
         <v>75043</v>
       </c>
       <c r="D1107" t="s">
-        <v>2316</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="1108" spans="1:4">
       <c r="A1108" s="1" t="s">
-        <v>2317</v>
+        <v>2318</v>
       </c>
       <c r="B1108" s="1">
         <v>75046</v>
       </c>
       <c r="D1108" t="s">
-        <v>2318</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="1109" spans="1:4">
       <c r="A1109" s="1" t="s">
-        <v>2319</v>
+        <v>2320</v>
       </c>
       <c r="B1109" s="1">
         <v>75047</v>
       </c>
       <c r="D1109" t="s">
-        <v>2320</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="1110" spans="1:4">
       <c r="A1110" s="1" t="s">
-        <v>2321</v>
+        <v>2322</v>
       </c>
       <c r="B1110" s="1">
         <v>75050</v>
       </c>
       <c r="D1110" t="s">
-        <v>2322</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="1111" spans="1:4">
       <c r="A1111" s="1" t="s">
-        <v>2323</v>
+        <v>2324</v>
       </c>
       <c r="B1111" s="1">
         <v>75051</v>
       </c>
       <c r="D1111" t="s">
-        <v>2324</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="1112" spans="1:4">
       <c r="A1112" s="1" t="s">
-        <v>2325</v>
+        <v>2326</v>
       </c>
       <c r="B1112" s="1">
         <v>75052</v>
       </c>
       <c r="D1112" t="s">
-        <v>2326</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="1113" spans="1:4">
       <c r="A1113" s="1" t="s">
-        <v>2327</v>
+        <v>2328</v>
       </c>
       <c r="B1113" s="1">
         <v>75053</v>
       </c>
       <c r="D1113" t="s">
-        <v>2328</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="1114" spans="1:4">
       <c r="A1114" s="1" t="s">
-        <v>2329</v>
+        <v>2330</v>
       </c>
       <c r="B1114" s="1">
         <v>75054</v>
       </c>
       <c r="D1114" t="s">
-        <v>2330</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="1115" spans="1:4">
       <c r="A1115" s="1" t="s">
-        <v>2331</v>
+        <v>2332</v>
       </c>
       <c r="B1115" s="1">
         <v>75055</v>
       </c>
       <c r="D1115" t="s">
-        <v>2332</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="1116" spans="1:4">
       <c r="A1116" s="1" t="s">
-        <v>2333</v>
+        <v>2334</v>
       </c>
       <c r="B1116" s="1">
         <v>75036</v>
       </c>
       <c r="D1116" t="s">
-        <v>2334</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="1117" spans="1:4">
       <c r="A1117" s="1" t="s">
-        <v>2335</v>
+        <v>2336</v>
       </c>
       <c r="B1117" s="1" t="s">
-        <v>2336</v>
+        <v>2337</v>
       </c>
       <c r="D1117" t="s">
-        <v>2337</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="1118" spans="1:4">
       <c r="A1118" s="1" t="s">
-        <v>2338</v>
+        <v>2339</v>
       </c>
       <c r="B1118" s="1" t="s">
-        <v>2339</v>
+        <v>2340</v>
       </c>
       <c r="D1118" t="s">
-        <v>2340</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="1119" spans="1:4">
       <c r="A1119" s="1" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="B1119" s="1" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="D1119" t="s">
-        <v>2343</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="1120" spans="1:4">
       <c r="A1120" s="1" t="s">
-        <v>2344</v>
+        <v>2345</v>
       </c>
       <c r="B1120" s="1" t="s">
-        <v>2345</v>
+        <v>2346</v>
       </c>
       <c r="D1120" t="s">
-        <v>2346</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="1121" spans="1:4">
       <c r="A1121" s="1" t="s">
-        <v>2347</v>
+        <v>2348</v>
       </c>
       <c r="B1121" s="1" t="s">
-        <v>2348</v>
+        <v>2349</v>
       </c>
       <c r="D1121" t="s">
-        <v>2349</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="1122" spans="1:4">
       <c r="A1122" s="1" t="s">
-        <v>2350</v>
+        <v>2351</v>
       </c>
       <c r="B1122" s="1" t="s">
-        <v>2351</v>
+        <v>2352</v>
       </c>
       <c r="D1122" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="1123" spans="1:4">
       <c r="A1123" s="1" t="s">
-        <v>2353</v>
+        <v>2354</v>
       </c>
       <c r="B1123" s="1" t="s">
-        <v>2354</v>
+        <v>2355</v>
       </c>
       <c r="D1123" t="s">
-        <v>2355</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="1124" spans="1:4">
       <c r="A1124" s="1" t="s">
-        <v>2356</v>
+        <v>2357</v>
       </c>
       <c r="B1124" s="1" t="s">
-        <v>2357</v>
+        <v>2358</v>
       </c>
       <c r="D1124" t="s">
-        <v>2358</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="1125" spans="1:4">
       <c r="A1125" s="1" t="s">
-        <v>2359</v>
+        <v>2360</v>
       </c>
       <c r="B1125" s="1" t="s">
-        <v>2360</v>
+        <v>2361</v>
       </c>
       <c r="D1125" t="s">
-        <v>2361</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="1126" spans="1:4">
       <c r="A1126" s="1" t="s">
-        <v>2362</v>
+        <v>2363</v>
       </c>
       <c r="B1126" s="1" t="s">
-        <v>2363</v>
+        <v>2364</v>
       </c>
       <c r="D1126" t="s">
-        <v>2364</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="1127" spans="1:4">
       <c r="A1127" s="1" t="s">
-        <v>2365</v>
+        <v>2366</v>
       </c>
       <c r="B1127" s="1" t="s">
-        <v>2366</v>
+        <v>2367</v>
       </c>
       <c r="D1127" t="s">
-        <v>2367</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="1128" spans="1:4">
       <c r="A1128" s="1" t="s">
-        <v>2368</v>
+        <v>2369</v>
       </c>
       <c r="B1128" s="1" t="s">
-        <v>2369</v>
+        <v>2370</v>
       </c>
       <c r="D1128" t="s">
-        <v>2370</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="1129" spans="1:4">
       <c r="A1129" s="1" t="s">
-        <v>2371</v>
+        <v>2372</v>
       </c>
       <c r="B1129" s="1" t="s">
-        <v>2372</v>
+        <v>2373</v>
       </c>
       <c r="D1129" t="s">
-        <v>2373</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="1130" spans="1:4">
       <c r="A1130" s="1" t="s">
-        <v>2374</v>
+        <v>2375</v>
       </c>
       <c r="B1130" s="1" t="s">
-        <v>2375</v>
+        <v>2376</v>
       </c>
       <c r="D1130" t="s">
-        <v>2376</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="1131" spans="1:4">
       <c r="A1131" s="1" t="s">
-        <v>2377</v>
+        <v>2378</v>
       </c>
       <c r="B1131" s="1" t="s">
-        <v>2378</v>
+        <v>2379</v>
       </c>
       <c r="D1131" t="s">
-        <v>2379</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="1132" spans="1:4">
       <c r="A1132" s="1" t="s">
-        <v>2380</v>
+        <v>2381</v>
       </c>
       <c r="B1132" s="1" t="s">
-        <v>2381</v>
+        <v>2382</v>
       </c>
       <c r="D1132" t="s">
-        <v>2382</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="1133" spans="1:4">
       <c r="A1133" s="1" t="s">
-        <v>2383</v>
+        <v>2384</v>
       </c>
       <c r="B1133" s="1" t="s">
-        <v>2384</v>
+        <v>2385</v>
       </c>
       <c r="D1133" t="s">
-        <v>2385</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="1134" spans="1:4">
       <c r="A1134" s="1" t="s">
-        <v>2386</v>
+        <v>2387</v>
       </c>
       <c r="B1134" s="1" t="s">
-        <v>2387</v>
+        <v>2388</v>
       </c>
       <c r="D1134" t="s">
-        <v>2388</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="1135" spans="1:4">
       <c r="A1135" s="1" t="s">
-        <v>2389</v>
+        <v>2390</v>
       </c>
       <c r="B1135" s="1" t="s">
-        <v>2390</v>
+        <v>2391</v>
       </c>
       <c r="D1135" t="s">
-        <v>2391</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="1136" spans="1:4">
       <c r="A1136" s="1" t="s">
-        <v>2392</v>
+        <v>2393</v>
       </c>
       <c r="B1136" s="1" t="s">
-        <v>2393</v>
+        <v>2394</v>
       </c>
       <c r="D1136" t="s">
-        <v>2394</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="1137" spans="1:4">
       <c r="A1137" s="1" t="s">
-        <v>2395</v>
+        <v>2396</v>
       </c>
       <c r="B1137" s="1" t="s">
-        <v>2396</v>
+        <v>2397</v>
       </c>
       <c r="D1137" t="s">
-        <v>2397</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="1138" spans="1:4">
       <c r="A1138" s="1" t="s">
-        <v>2398</v>
+        <v>2399</v>
       </c>
       <c r="B1138" s="1" t="s">
-        <v>2399</v>
+        <v>2400</v>
       </c>
       <c r="D1138" t="s">
-        <v>2400</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="1139" spans="1:4">
       <c r="A1139" s="1" t="s">
-        <v>2401</v>
+        <v>2402</v>
       </c>
       <c r="B1139" s="1" t="s">
-        <v>2402</v>
+        <v>2403</v>
       </c>
       <c r="D1139" t="s">
-        <v>2403</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="1140" spans="1:4">
       <c r="A1140" s="1" t="s">
-        <v>2404</v>
+        <v>2405</v>
       </c>
       <c r="B1140" s="1" t="s">
-        <v>2405</v>
+        <v>2406</v>
       </c>
       <c r="D1140" t="s">
-        <v>2406</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="1141" spans="1:4">
       <c r="A1141" s="1" t="s">
-        <v>2407</v>
+        <v>2408</v>
       </c>
       <c r="B1141" s="1" t="s">
-        <v>2408</v>
+        <v>2409</v>
       </c>
       <c r="D1141" t="s">
-        <v>2409</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="1142" spans="1:4">
       <c r="A1142" s="1" t="s">
-        <v>2410</v>
+        <v>2411</v>
       </c>
       <c r="B1142" s="1" t="s">
-        <v>2411</v>
+        <v>2412</v>
       </c>
       <c r="D1142" t="s">
-        <v>2412</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="1143" spans="1:4">
       <c r="A1143" s="1" t="s">
-        <v>2413</v>
+        <v>2414</v>
       </c>
       <c r="B1143" s="1" t="s">
-        <v>2414</v>
+        <v>2415</v>
       </c>
       <c r="D1143" t="s">
-        <v>2415</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="1144" spans="1:4">
       <c r="A1144" s="1" t="s">
-        <v>2416</v>
+        <v>2417</v>
       </c>
       <c r="B1144" s="1" t="s">
-        <v>2417</v>
+        <v>2418</v>
       </c>
       <c r="D1144" t="s">
-        <v>2418</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="1145" spans="1:4">
       <c r="A1145" s="1" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="B1145" s="1" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="D1145" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="1146" spans="1:4">
       <c r="A1146" s="1" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
       <c r="B1146" s="1" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="D1146" t="s">
-        <v>2424</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="1147" spans="1:4">
       <c r="A1147" s="1" t="s">
-        <v>2425</v>
+        <v>2426</v>
       </c>
       <c r="B1147" s="1" t="s">
-        <v>2426</v>
+        <v>2427</v>
       </c>
       <c r="D1147" t="s">
-        <v>2427</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="1148" spans="1:4">
       <c r="A1148" s="1" t="s">
-        <v>2428</v>
+        <v>2429</v>
       </c>
       <c r="B1148" s="1" t="s">
-        <v>2429</v>
+        <v>2430</v>
       </c>
       <c r="D1148" t="s">
-        <v>2430</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="1149" spans="1:4">
       <c r="A1149" s="1" t="s">
-        <v>2431</v>
+        <v>2432</v>
       </c>
       <c r="B1149" s="1" t="s">
-        <v>2432</v>
+        <v>2433</v>
       </c>
       <c r="D1149" t="s">
-        <v>2433</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="1150" spans="1:4">
       <c r="A1150" s="1" t="s">
-        <v>2434</v>
+        <v>2435</v>
       </c>
       <c r="B1150" s="1" t="s">
-        <v>2435</v>
+        <v>2436</v>
       </c>
       <c r="D1150" t="s">
-        <v>2436</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="1151" spans="1:4">
       <c r="A1151" s="1" t="s">
-        <v>2437</v>
+        <v>2438</v>
       </c>
       <c r="B1151" s="1" t="s">
-        <v>2438</v>
+        <v>2439</v>
       </c>
       <c r="D1151" t="s">
-        <v>2439</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="1152" spans="1:4">
       <c r="A1152" s="1" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B1152" s="1" t="s">
-        <v>2441</v>
+        <v>2442</v>
       </c>
       <c r="D1152" t="s">
-        <v>2442</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="1153" spans="1:4">
       <c r="A1153" s="1" t="s">
-        <v>2443</v>
+        <v>2444</v>
       </c>
       <c r="B1153" s="1" t="s">
-        <v>2444</v>
+        <v>2445</v>
       </c>
       <c r="D1153" t="s">
-        <v>2445</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="1154" spans="1:4">
       <c r="A1154" s="1" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
       <c r="B1154" s="1" t="s">
-        <v>2447</v>
+        <v>2448</v>
       </c>
       <c r="D1154" t="s">
-        <v>2448</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="1155" spans="1:4">
       <c r="A1155" s="1" t="s">
-        <v>2449</v>
+        <v>2450</v>
       </c>
       <c r="B1155" s="1" t="s">
-        <v>2450</v>
+        <v>2451</v>
       </c>
       <c r="D1155" t="s">
-        <v>2451</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="1156" spans="1:4">
       <c r="A1156" s="1" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="B1156" s="1" t="s">
-        <v>2453</v>
+        <v>2454</v>
       </c>
       <c r="D1156" t="s">
-        <v>2454</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="1157" spans="1:4">
       <c r="A1157" s="1" t="s">
-        <v>2455</v>
+        <v>2456</v>
       </c>
       <c r="B1157" s="1" t="s">
-        <v>2456</v>
+        <v>2457</v>
       </c>
       <c r="D1157" t="s">
-        <v>2457</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="1158" spans="1:4">
       <c r="A1158" s="1" t="s">
-        <v>2458</v>
+        <v>2459</v>
       </c>
       <c r="B1158" s="1" t="s">
-        <v>2459</v>
+        <v>2460</v>
       </c>
       <c r="D1158" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="1159" spans="1:4">
       <c r="A1159" s="1" t="s">
-        <v>2461</v>
+        <v>2462</v>
       </c>
       <c r="B1159" s="1" t="s">
-        <v>2462</v>
+        <v>2463</v>
       </c>
       <c r="D1159" t="s">
-        <v>2463</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="1160" spans="1:4">
       <c r="A1160" s="1" t="s">
-        <v>2464</v>
+        <v>2465</v>
       </c>
       <c r="B1160" s="1" t="s">
-        <v>2465</v>
+        <v>2466</v>
       </c>
       <c r="D1160" t="s">
-        <v>2466</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="1161" spans="1:4">
       <c r="A1161" s="1" t="s">
-        <v>2467</v>
+        <v>2468</v>
       </c>
       <c r="B1161" s="1" t="s">
-        <v>2468</v>
+        <v>2469</v>
       </c>
       <c r="D1161" t="s">
-        <v>2469</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="1162" spans="1:4">
       <c r="A1162" s="1" t="s">
-        <v>2470</v>
+        <v>2471</v>
       </c>
       <c r="B1162" s="1" t="s">
-        <v>2471</v>
+        <v>2472</v>
       </c>
       <c r="D1162" t="s">
-        <v>2472</v>
+        <v>2473</v>
       </c>
     </row>
     <row r="1163" spans="1:4">
       <c r="A1163" s="1" t="s">
-        <v>2473</v>
+        <v>2474</v>
       </c>
       <c r="B1163" s="1" t="s">
-        <v>2474</v>
+        <v>2475</v>
       </c>
       <c r="D1163" t="s">
-        <v>2475</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="1164" spans="1:4">
       <c r="A1164" s="1" t="s">
-        <v>2476</v>
+        <v>2477</v>
       </c>
       <c r="B1164" s="1" t="s">
-        <v>2477</v>
+        <v>2478</v>
       </c>
       <c r="D1164" t="s">
-        <v>2478</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="1165" spans="1:4">
       <c r="A1165" s="1" t="s">
-        <v>2479</v>
+        <v>2480</v>
       </c>
       <c r="B1165" s="1" t="s">
-        <v>2480</v>
+        <v>2481</v>
       </c>
       <c r="D1165" t="s">
-        <v>2481</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="1166" spans="1:4">
       <c r="A1166" s="1" t="s">
-        <v>2482</v>
+        <v>2483</v>
       </c>
       <c r="B1166" s="1" t="s">
-        <v>2483</v>
+        <v>2484</v>
       </c>
       <c r="D1166" t="s">
-        <v>2484</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="1167" spans="1:4">
       <c r="A1167" s="1" t="s">
-        <v>2485</v>
+        <v>2486</v>
       </c>
       <c r="B1167" s="1" t="s">
-        <v>2486</v>
+        <v>2487</v>
       </c>
       <c r="D1167" t="s">
-        <v>2487</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="1168" spans="1:4">
       <c r="A1168" s="1" t="s">
-        <v>2488</v>
+        <v>2489</v>
       </c>
       <c r="B1168" s="1" t="s">
-        <v>2489</v>
+        <v>2490</v>
       </c>
       <c r="D1168" t="s">
-        <v>2490</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="1169" spans="1:4">
       <c r="A1169" s="1" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="B1169" s="1" t="s">
-        <v>2492</v>
+        <v>2493</v>
       </c>
       <c r="D1169" t="s">
-        <v>2493</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="1170" spans="1:4">
       <c r="A1170" s="1" t="s">
-        <v>2494</v>
+        <v>2495</v>
       </c>
       <c r="B1170" s="1" t="s">
-        <v>2495</v>
+        <v>2496</v>
       </c>
       <c r="D1170" t="s">
-        <v>2496</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="1171" spans="1:4">
       <c r="A1171" s="1" t="s">
-        <v>2497</v>
+        <v>2498</v>
       </c>
       <c r="B1171" s="1" t="s">
-        <v>2498</v>
+        <v>2499</v>
       </c>
       <c r="D1171" t="s">
-        <v>2499</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="1172" spans="1:4">
       <c r="A1172" s="1" t="s">
-        <v>2500</v>
+        <v>2501</v>
       </c>
       <c r="B1172" s="1" t="s">
-        <v>2501</v>
+        <v>2502</v>
       </c>
       <c r="D1172" t="s">
-        <v>2502</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="1173" spans="1:4">
       <c r="A1173" s="1" t="s">
-        <v>2503</v>
-[...1 lines deleted...]
-      <c r="B1173" s="1" t="s">
         <v>2504</v>
+      </c>
+      <c r="B1173" s="1">
+        <v>10101</v>
       </c>
       <c r="D1173" t="s">
         <v>2505</v>
       </c>
     </row>
     <row r="1174" spans="1:4">
       <c r="A1174" s="1" t="s">
         <v>2506</v>
       </c>
       <c r="B1174" s="1">
-        <v>10101</v>
+        <v>10102</v>
       </c>
       <c r="D1174" t="s">
         <v>2507</v>
       </c>
     </row>
     <row r="1175" spans="1:4">
       <c r="A1175" s="1" t="s">
         <v>2508</v>
       </c>
       <c r="B1175" s="1">
-        <v>10102</v>
+        <v>10103</v>
       </c>
       <c r="D1175" t="s">
         <v>2509</v>
       </c>
     </row>
     <row r="1176" spans="1:4">
       <c r="A1176" s="1" t="s">
         <v>2510</v>
       </c>
       <c r="B1176" s="1">
-        <v>10103</v>
+        <v>10109</v>
       </c>
       <c r="D1176" t="s">
         <v>2511</v>
       </c>
     </row>
     <row r="1177" spans="1:4">
       <c r="A1177" s="1" t="s">
         <v>2512</v>
       </c>
       <c r="B1177" s="1">
-        <v>10109</v>
+        <v>10127</v>
       </c>
       <c r="D1177" t="s">
         <v>2513</v>
       </c>
     </row>
     <row r="1178" spans="1:4">
       <c r="A1178" s="1" t="s">
         <v>2514</v>
       </c>
       <c r="B1178" s="1">
-        <v>10127</v>
+        <v>10201</v>
       </c>
       <c r="D1178" t="s">
         <v>2515</v>
       </c>
     </row>
     <row r="1179" spans="1:4">
       <c r="A1179" s="1" t="s">
         <v>2516</v>
       </c>
       <c r="B1179" s="1">
-        <v>10201</v>
+        <v>10202</v>
       </c>
       <c r="D1179" t="s">
         <v>2517</v>
       </c>
     </row>
     <row r="1180" spans="1:4">
       <c r="A1180" s="1" t="s">
         <v>2518</v>
       </c>
       <c r="B1180" s="1">
-        <v>10202</v>
+        <v>10203</v>
       </c>
       <c r="D1180" t="s">
         <v>2519</v>
       </c>
     </row>
     <row r="1181" spans="1:4">
       <c r="A1181" s="1" t="s">
         <v>2520</v>
       </c>
       <c r="B1181" s="1">
-        <v>10203</v>
+        <v>10223</v>
       </c>
       <c r="D1181" t="s">
         <v>2521</v>
       </c>
     </row>
     <row r="1182" spans="1:4">
       <c r="A1182" s="1" t="s">
         <v>2522</v>
       </c>
       <c r="B1182" s="1">
-        <v>10223</v>
+        <v>10226</v>
       </c>
       <c r="D1182" t="s">
         <v>2523</v>
       </c>
     </row>
     <row r="1183" spans="1:4">
       <c r="A1183" s="1" t="s">
         <v>2524</v>
       </c>
       <c r="B1183" s="1">
-        <v>10226</v>
+        <v>10231</v>
       </c>
       <c r="D1183" t="s">
         <v>2525</v>
       </c>
     </row>
     <row r="1184" spans="1:4">
       <c r="A1184" s="1" t="s">
         <v>2526</v>
       </c>
       <c r="B1184" s="1">
-        <v>10231</v>
+        <v>10251</v>
       </c>
       <c r="D1184" t="s">
         <v>2527</v>
       </c>
     </row>
     <row r="1185" spans="1:4">
       <c r="A1185" s="1" t="s">
         <v>2528</v>
       </c>
       <c r="B1185" s="1">
-        <v>10251</v>
+        <v>10252</v>
       </c>
       <c r="D1185" t="s">
         <v>2529</v>
       </c>
     </row>
     <row r="1186" spans="1:4">
       <c r="A1186" s="1" t="s">
         <v>2530</v>
       </c>
       <c r="B1186" s="1">
-        <v>10252</v>
+        <v>10401</v>
       </c>
       <c r="D1186" t="s">
         <v>2531</v>
       </c>
     </row>
     <row r="1187" spans="1:4">
       <c r="A1187" s="1" t="s">
         <v>2532</v>
       </c>
       <c r="B1187" s="1">
-        <v>10401</v>
+        <v>10402</v>
       </c>
       <c r="D1187" t="s">
         <v>2533</v>
       </c>
     </row>
     <row r="1188" spans="1:4">
       <c r="A1188" s="1" t="s">
         <v>2534</v>
       </c>
       <c r="B1188" s="1">
-        <v>10402</v>
+        <v>10403</v>
       </c>
       <c r="D1188" t="s">
         <v>2535</v>
       </c>
     </row>
     <row r="1189" spans="1:4">
       <c r="A1189" s="1" t="s">
         <v>2536</v>
       </c>
       <c r="B1189" s="1">
-        <v>10403</v>
+        <v>10404</v>
       </c>
       <c r="D1189" t="s">
         <v>2537</v>
       </c>
     </row>
     <row r="1190" spans="1:4">
       <c r="A1190" s="1" t="s">
         <v>2538</v>
       </c>
       <c r="B1190" s="1">
-        <v>10404</v>
+        <v>10407</v>
       </c>
       <c r="D1190" t="s">
         <v>2539</v>
       </c>
     </row>
     <row r="1191" spans="1:4">
       <c r="A1191" s="1" t="s">
         <v>2540</v>
       </c>
       <c r="B1191" s="1">
-        <v>10407</v>
+        <v>10411</v>
       </c>
       <c r="D1191" t="s">
         <v>2541</v>
       </c>
     </row>
     <row r="1192" spans="1:4">
       <c r="A1192" s="1" t="s">
         <v>2542</v>
       </c>
       <c r="B1192" s="1">
-        <v>10411</v>
+        <v>10423</v>
       </c>
       <c r="D1192" t="s">
         <v>2543</v>
       </c>
     </row>
     <row r="1193" spans="1:4">
       <c r="A1193" s="1" t="s">
         <v>2544</v>
       </c>
       <c r="B1193" s="1">
-        <v>10423</v>
+        <v>10426</v>
       </c>
       <c r="D1193" t="s">
         <v>2545</v>
       </c>
     </row>
     <row r="1194" spans="1:4">
       <c r="A1194" s="1" t="s">
         <v>2546</v>
       </c>
       <c r="B1194" s="1">
-        <v>10426</v>
+        <v>10429</v>
       </c>
       <c r="D1194" t="s">
         <v>2547</v>
       </c>
     </row>
     <row r="1195" spans="1:4">
       <c r="A1195" s="1" t="s">
         <v>2548</v>
       </c>
       <c r="B1195" s="1">
-        <v>10429</v>
+        <v>10451</v>
       </c>
       <c r="D1195" t="s">
         <v>2549</v>
       </c>
     </row>
     <row r="1196" spans="1:4">
       <c r="A1196" s="1" t="s">
         <v>2550</v>
       </c>
       <c r="B1196" s="1">
-        <v>10451</v>
+        <v>10465</v>
       </c>
       <c r="D1196" t="s">
         <v>2551</v>
       </c>
     </row>
     <row r="1197" spans="1:4">
       <c r="A1197" s="1" t="s">
         <v>2552</v>
       </c>
       <c r="B1197" s="1">
-        <v>10465</v>
+        <v>10466</v>
       </c>
       <c r="D1197" t="s">
         <v>2553</v>
       </c>
     </row>
     <row r="1198" spans="1:4">
       <c r="A1198" s="1" t="s">
         <v>2554</v>
       </c>
       <c r="B1198" s="1">
-        <v>10466</v>
+        <v>10467</v>
       </c>
       <c r="D1198" t="s">
         <v>2555</v>
       </c>
     </row>
     <row r="1199" spans="1:4">
       <c r="A1199" s="1" t="s">
         <v>2556</v>
       </c>
       <c r="B1199" s="1">
-        <v>10467</v>
+        <v>10469</v>
       </c>
       <c r="D1199" t="s">
         <v>2557</v>
       </c>
     </row>
     <row r="1200" spans="1:4">
       <c r="A1200" s="1" t="s">
         <v>2558</v>
       </c>
       <c r="B1200" s="1">
-        <v>10469</v>
+        <v>10471</v>
       </c>
       <c r="D1200" t="s">
         <v>2559</v>
       </c>
     </row>
     <row r="1201" spans="1:4">
       <c r="A1201" s="1" t="s">
         <v>2560</v>
       </c>
       <c r="B1201" s="1">
-        <v>10471</v>
+        <v>10765</v>
       </c>
       <c r="D1201" t="s">
         <v>2561</v>
       </c>
     </row>
     <row r="1202" spans="1:4">
       <c r="A1202" s="1" t="s">
         <v>2562</v>
       </c>
       <c r="B1202" s="1">
-        <v>10765</v>
+        <v>10766</v>
       </c>
       <c r="D1202" t="s">
         <v>2563</v>
       </c>
     </row>
     <row r="1203" spans="1:4">
       <c r="A1203" s="1" t="s">
         <v>2564</v>
       </c>
       <c r="B1203" s="1">
-        <v>10766</v>
+        <v>10767</v>
       </c>
       <c r="D1203" t="s">
         <v>2565</v>
       </c>
     </row>
     <row r="1204" spans="1:4">
       <c r="A1204" s="1" t="s">
         <v>2566</v>
       </c>
       <c r="B1204" s="1">
-        <v>10767</v>
+        <v>10769</v>
       </c>
       <c r="D1204" t="s">
         <v>2567</v>
       </c>
     </row>
     <row r="1205" spans="1:4">
       <c r="A1205" s="1" t="s">
         <v>2568</v>
       </c>
       <c r="B1205" s="1">
-        <v>10769</v>
+        <v>10771</v>
       </c>
       <c r="D1205" t="s">
         <v>2569</v>
       </c>
     </row>
     <row r="1206" spans="1:4">
       <c r="A1206" s="1" t="s">
         <v>2570</v>
       </c>
       <c r="B1206" s="1">
-        <v>10771</v>
+        <v>12235</v>
       </c>
       <c r="D1206" t="s">
         <v>2571</v>
       </c>
     </row>
     <row r="1207" spans="1:4">
       <c r="A1207" s="1" t="s">
         <v>2572</v>
       </c>
       <c r="B1207" s="1">
-        <v>12235</v>
+        <v>13304</v>
       </c>
       <c r="D1207" t="s">
         <v>2573</v>
       </c>
     </row>
     <row r="1208" spans="1:4">
       <c r="A1208" s="1" t="s">
         <v>2574</v>
       </c>
       <c r="B1208" s="1">
-        <v>13304</v>
+        <v>13314</v>
       </c>
       <c r="D1208" t="s">
         <v>2575</v>
       </c>
     </row>
     <row r="1209" spans="1:4">
       <c r="A1209" s="1" t="s">
         <v>2576</v>
       </c>
       <c r="B1209" s="1">
-        <v>13314</v>
+        <v>14467</v>
       </c>
       <c r="D1209" t="s">
         <v>2577</v>
       </c>
     </row>
     <row r="1210" spans="1:4">
       <c r="A1210" s="1" t="s">
         <v>2578</v>
       </c>
       <c r="B1210" s="1">
-        <v>14467</v>
+        <v>14704</v>
       </c>
       <c r="D1210" t="s">
         <v>2579</v>
       </c>
     </row>
     <row r="1211" spans="1:4">
       <c r="A1211" s="1" t="s">
         <v>2580</v>
       </c>
       <c r="B1211" s="1">
-        <v>14704</v>
+        <v>14707</v>
       </c>
       <c r="D1211" t="s">
         <v>2581</v>
       </c>
     </row>
     <row r="1212" spans="1:4">
       <c r="A1212" s="1" t="s">
         <v>2582</v>
       </c>
       <c r="B1212" s="1">
-        <v>14707</v>
+        <v>14720</v>
       </c>
       <c r="D1212" t="s">
         <v>2583</v>
       </c>
     </row>
     <row r="1213" spans="1:4">
       <c r="A1213" s="1" t="s">
         <v>2584</v>
       </c>
       <c r="B1213" s="1">
-        <v>14720</v>
+        <v>14730</v>
       </c>
       <c r="D1213" t="s">
         <v>2585</v>
       </c>
     </row>
     <row r="1214" spans="1:4">
       <c r="A1214" s="1" t="s">
         <v>2586</v>
       </c>
       <c r="B1214" s="1">
-        <v>14730</v>
+        <v>14732</v>
       </c>
       <c r="D1214" t="s">
         <v>2587</v>
       </c>
     </row>
     <row r="1215" spans="1:4">
       <c r="A1215" s="1" t="s">
         <v>2588</v>
       </c>
       <c r="B1215" s="1">
-        <v>14732</v>
+        <v>14764</v>
       </c>
       <c r="D1215" t="s">
         <v>2589</v>
       </c>
     </row>
     <row r="1216" spans="1:4">
       <c r="A1216" s="1" t="s">
         <v>2590</v>
       </c>
       <c r="B1216" s="1">
-        <v>14764</v>
+        <v>15171</v>
       </c>
       <c r="D1216" t="s">
         <v>2591</v>
       </c>
     </row>
     <row r="1217" spans="1:4">
       <c r="A1217" s="1" t="s">
         <v>2592</v>
       </c>
       <c r="B1217" s="1">
-        <v>15171</v>
+        <v>15175</v>
       </c>
       <c r="D1217" t="s">
         <v>2593</v>
       </c>
     </row>
     <row r="1218" spans="1:4">
       <c r="A1218" s="1" t="s">
         <v>2594</v>
       </c>
       <c r="B1218" s="1">
-        <v>15175</v>
+        <v>15201</v>
       </c>
       <c r="D1218" t="s">
         <v>2595</v>
       </c>
     </row>
     <row r="1219" spans="1:4">
       <c r="A1219" s="1" t="s">
         <v>2596</v>
       </c>
       <c r="B1219" s="1">
-        <v>15201</v>
+        <v>15231</v>
       </c>
       <c r="D1219" t="s">
         <v>2597</v>
       </c>
     </row>
     <row r="1220" spans="1:4">
       <c r="A1220" s="1" t="s">
         <v>2598</v>
       </c>
       <c r="B1220" s="1">
-        <v>15231</v>
+        <v>15235</v>
       </c>
       <c r="D1220" t="s">
         <v>2599</v>
       </c>
     </row>
     <row r="1221" spans="1:4">
       <c r="A1221" s="1" t="s">
         <v>2600</v>
       </c>
       <c r="B1221" s="1">
-        <v>15235</v>
+        <v>15251</v>
       </c>
       <c r="D1221" t="s">
         <v>2601</v>
       </c>
     </row>
     <row r="1222" spans="1:4">
       <c r="A1222" s="1" t="s">
         <v>2602</v>
       </c>
       <c r="B1222" s="1">
-        <v>15251</v>
+        <v>15260</v>
       </c>
       <c r="D1222" t="s">
         <v>2603</v>
       </c>
     </row>
     <row r="1223" spans="1:4">
       <c r="A1223" s="1" t="s">
         <v>2604</v>
       </c>
       <c r="B1223" s="1">
-        <v>15260</v>
+        <v>15281</v>
       </c>
       <c r="D1223" t="s">
         <v>2605</v>
       </c>
     </row>
     <row r="1224" spans="1:4">
       <c r="A1224" s="1" t="s">
         <v>2606</v>
       </c>
       <c r="B1224" s="1">
-        <v>15281</v>
+        <v>15285</v>
       </c>
       <c r="D1224" t="s">
         <v>2607</v>
       </c>
     </row>
     <row r="1225" spans="1:4">
       <c r="A1225" s="1" t="s">
         <v>2608</v>
       </c>
       <c r="B1225" s="1">
-        <v>15285</v>
+        <v>15321</v>
       </c>
       <c r="D1225" t="s">
         <v>2609</v>
       </c>
     </row>
     <row r="1226" spans="1:4">
       <c r="A1226" s="1" t="s">
         <v>2610</v>
       </c>
       <c r="B1226" s="1">
-        <v>15321</v>
+        <v>15325</v>
       </c>
       <c r="D1226" t="s">
         <v>2611</v>
       </c>
     </row>
     <row r="1227" spans="1:4">
       <c r="A1227" s="1" t="s">
         <v>2612</v>
       </c>
       <c r="B1227" s="1">
-        <v>15325</v>
+        <v>15331</v>
       </c>
       <c r="D1227" t="s">
         <v>2613</v>
       </c>
     </row>
     <row r="1228" spans="1:4">
       <c r="A1228" s="1" t="s">
         <v>2614</v>
       </c>
       <c r="B1228" s="1">
-        <v>15331</v>
+        <v>15538</v>
       </c>
       <c r="D1228" t="s">
         <v>2615</v>
       </c>
     </row>
     <row r="1229" spans="1:4">
       <c r="A1229" s="1" t="s">
         <v>2616</v>
       </c>
       <c r="B1229" s="1">
-        <v>15538</v>
+        <v>15550</v>
       </c>
       <c r="D1229" t="s">
         <v>2617</v>
       </c>
     </row>
     <row r="1230" spans="1:4">
       <c r="A1230" s="1" t="s">
         <v>2618</v>
       </c>
       <c r="B1230" s="1">
-        <v>15550</v>
+        <v>15551</v>
       </c>
       <c r="D1230" t="s">
         <v>2619</v>
       </c>
     </row>
     <row r="1231" spans="1:4">
       <c r="A1231" s="1" t="s">
         <v>2620</v>
       </c>
       <c r="B1231" s="1">
-        <v>15551</v>
+        <v>15555</v>
       </c>
       <c r="D1231" t="s">
         <v>2621</v>
       </c>
     </row>
     <row r="1232" spans="1:4">
       <c r="A1232" s="1" t="s">
         <v>2622</v>
       </c>
       <c r="B1232" s="1">
-        <v>15555</v>
+        <v>15800</v>
       </c>
       <c r="D1232" t="s">
         <v>2623</v>
       </c>
     </row>
     <row r="1233" spans="1:4">
       <c r="A1233" s="1" t="s">
         <v>2624</v>
       </c>
       <c r="B1233" s="1">
-        <v>15800</v>
+        <v>15810</v>
       </c>
       <c r="D1233" t="s">
         <v>2625</v>
       </c>
     </row>
     <row r="1234" spans="1:4">
       <c r="A1234" s="1" t="s">
         <v>2626</v>
       </c>
       <c r="B1234" s="1">
-        <v>15810</v>
+        <v>15813</v>
       </c>
       <c r="D1234" t="s">
         <v>2627</v>
       </c>
     </row>
     <row r="1235" spans="1:4">
       <c r="A1235" s="1" t="s">
         <v>2628</v>
       </c>
       <c r="B1235" s="1">
-        <v>15813</v>
+        <v>15819</v>
       </c>
       <c r="D1235" t="s">
         <v>2629</v>
       </c>
     </row>
     <row r="1236" spans="1:4">
       <c r="A1236" s="1" t="s">
         <v>2630</v>
       </c>
       <c r="B1236" s="1">
-        <v>15819</v>
+        <v>15820</v>
       </c>
       <c r="D1236" t="s">
         <v>2631</v>
       </c>
     </row>
     <row r="1237" spans="1:4">
       <c r="A1237" s="1" t="s">
         <v>2632</v>
       </c>
       <c r="B1237" s="1">
-        <v>15820</v>
+        <v>15830</v>
       </c>
       <c r="D1237" t="s">
         <v>2633</v>
       </c>
     </row>
     <row r="1238" spans="1:4">
       <c r="A1238" s="1" t="s">
         <v>2634</v>
       </c>
       <c r="B1238" s="1">
-        <v>15830</v>
+        <v>15836</v>
       </c>
       <c r="D1238" t="s">
         <v>2635</v>
       </c>
     </row>
     <row r="1239" spans="1:4">
       <c r="A1239" s="1" t="s">
         <v>2636</v>
       </c>
       <c r="B1239" s="1">
-        <v>15836</v>
+        <v>15840</v>
       </c>
       <c r="D1239" t="s">
         <v>2637</v>
       </c>
     </row>
     <row r="1240" spans="1:4">
       <c r="A1240" s="1" t="s">
         <v>2638</v>
       </c>
       <c r="B1240" s="1">
-        <v>15840</v>
+        <v>15850</v>
       </c>
       <c r="D1240" t="s">
         <v>2639</v>
       </c>
     </row>
     <row r="1241" spans="1:4">
       <c r="A1241" s="1" t="s">
         <v>2640</v>
       </c>
       <c r="B1241" s="1">
-        <v>15850</v>
+        <v>15860</v>
       </c>
       <c r="D1241" t="s">
         <v>2641</v>
       </c>
     </row>
     <row r="1242" spans="1:4">
       <c r="A1242" s="1" t="s">
         <v>2642</v>
       </c>
       <c r="B1242" s="1">
-        <v>15860</v>
+        <v>15870</v>
       </c>
       <c r="D1242" t="s">
         <v>2643</v>
       </c>
     </row>
     <row r="1243" spans="1:4">
       <c r="A1243" s="1" t="s">
         <v>2644</v>
       </c>
       <c r="B1243" s="1">
-        <v>15870</v>
+        <v>15875</v>
       </c>
       <c r="D1243" t="s">
         <v>2645</v>
       </c>
     </row>
     <row r="1244" spans="1:4">
       <c r="A1244" s="1" t="s">
         <v>2646</v>
       </c>
       <c r="B1244" s="1">
-        <v>15875</v>
+        <v>20167</v>
       </c>
       <c r="D1244" t="s">
         <v>2647</v>
       </c>
     </row>
     <row r="1245" spans="1:4">
       <c r="A1245" s="1" t="s">
         <v>2648</v>
       </c>
       <c r="B1245" s="1">
-        <v>20167</v>
+        <v>20174</v>
       </c>
       <c r="D1245" t="s">
         <v>2649</v>
       </c>
     </row>
     <row r="1246" spans="1:4">
       <c r="A1246" s="1" t="s">
         <v>2650</v>
       </c>
       <c r="B1246" s="1">
-        <v>20174</v>
+        <v>20774</v>
       </c>
       <c r="D1246" t="s">
         <v>2651</v>
       </c>
     </row>
     <row r="1247" spans="1:4">
       <c r="A1247" s="1" t="s">
         <v>2652</v>
       </c>
       <c r="B1247" s="1">
-        <v>20774</v>
+        <v>74432</v>
       </c>
       <c r="D1247" t="s">
         <v>2653</v>
       </c>
     </row>
     <row r="1248" spans="1:4">
       <c r="A1248" s="1" t="s">
         <v>2654</v>
       </c>
       <c r="B1248" s="1">
-        <v>74432</v>
+        <v>74679</v>
       </c>
       <c r="D1248" t="s">
         <v>2655</v>
       </c>
     </row>
     <row r="1249" spans="1:4">
       <c r="A1249" s="1" t="s">
         <v>2656</v>
       </c>
       <c r="B1249" s="1">
-        <v>74679</v>
+        <v>74687</v>
       </c>
       <c r="D1249" t="s">
         <v>2657</v>
       </c>
     </row>
     <row r="1250" spans="1:4">
       <c r="A1250" s="1" t="s">
         <v>2658</v>
       </c>
       <c r="B1250" s="1">
-        <v>74687</v>
+        <v>74704</v>
       </c>
       <c r="D1250" t="s">
         <v>2659</v>
       </c>
     </row>
     <row r="1251" spans="1:4">
       <c r="A1251" s="1" t="s">
         <v>2660</v>
       </c>
       <c r="B1251" s="1">
-        <v>74704</v>
+        <v>74707</v>
       </c>
       <c r="D1251" t="s">
         <v>2661</v>
       </c>
     </row>
     <row r="1252" spans="1:4">
       <c r="A1252" s="1" t="s">
         <v>2662</v>
       </c>
       <c r="B1252" s="1">
-        <v>74707</v>
+        <v>74714</v>
       </c>
       <c r="D1252" t="s">
         <v>2663</v>
       </c>
     </row>
     <row r="1253" spans="1:4">
       <c r="A1253" s="1" t="s">
         <v>2664</v>
       </c>
       <c r="B1253" s="1">
-        <v>74714</v>
+        <v>74718</v>
       </c>
       <c r="D1253" t="s">
         <v>2665</v>
       </c>
     </row>
     <row r="1254" spans="1:4">
       <c r="A1254" s="1" t="s">
         <v>2666</v>
       </c>
       <c r="B1254" s="1">
-        <v>74718</v>
+        <v>74723</v>
       </c>
       <c r="D1254" t="s">
         <v>2667</v>
       </c>
     </row>
     <row r="1255" spans="1:4">
       <c r="A1255" s="1" t="s">
         <v>2668</v>
       </c>
       <c r="B1255" s="1">
-        <v>74723</v>
+        <v>74740</v>
       </c>
       <c r="D1255" t="s">
         <v>2669</v>
       </c>
     </row>
     <row r="1256" spans="1:4">
       <c r="A1256" s="1" t="s">
         <v>2670</v>
       </c>
       <c r="B1256" s="1">
-        <v>74740</v>
+        <v>74742</v>
       </c>
       <c r="D1256" t="s">
         <v>2671</v>
       </c>
     </row>
     <row r="1257" spans="1:4">
       <c r="A1257" s="1" t="s">
         <v>2672</v>
       </c>
       <c r="B1257" s="1">
-        <v>74742</v>
+        <v>74760</v>
       </c>
       <c r="D1257" t="s">
         <v>2673</v>
       </c>
     </row>
     <row r="1258" spans="1:4">
       <c r="A1258" s="1" t="s">
         <v>2674</v>
       </c>
       <c r="B1258" s="1">
-        <v>74760</v>
+        <v>74767</v>
       </c>
       <c r="D1258" t="s">
         <v>2675</v>
       </c>
     </row>
     <row r="1259" spans="1:4">
       <c r="A1259" s="1" t="s">
         <v>2676</v>
       </c>
       <c r="B1259" s="1">
-        <v>74767</v>
+        <v>74774</v>
       </c>
       <c r="D1259" t="s">
         <v>2677</v>
       </c>
     </row>
     <row r="1260" spans="1:4">
       <c r="A1260" s="1" t="s">
         <v>2678</v>
       </c>
       <c r="B1260" s="1">
-        <v>74774</v>
+        <v>74779</v>
       </c>
       <c r="D1260" t="s">
         <v>2679</v>
       </c>
     </row>
     <row r="1261" spans="1:4">
       <c r="A1261" s="1" t="s">
         <v>2680</v>
       </c>
       <c r="B1261" s="1">
-        <v>74779</v>
+        <v>74787</v>
       </c>
       <c r="D1261" t="s">
         <v>2681</v>
       </c>
     </row>
     <row r="1262" spans="1:4">
       <c r="A1262" s="1" t="s">
         <v>2682</v>
       </c>
       <c r="B1262" s="1">
-        <v>74787</v>
+        <v>74849</v>
       </c>
       <c r="D1262" t="s">
         <v>2683</v>
       </c>
     </row>
     <row r="1263" spans="1:4">
       <c r="A1263" s="1" t="s">
         <v>2684</v>
       </c>
       <c r="B1263" s="1">
-        <v>74849</v>
+        <v>74852</v>
       </c>
       <c r="D1263" t="s">
         <v>2685</v>
       </c>
     </row>
     <row r="1264" spans="1:4">
       <c r="A1264" s="1" t="s">
         <v>2686</v>
       </c>
       <c r="B1264" s="1">
-        <v>74852</v>
+        <v>74860</v>
       </c>
       <c r="D1264" t="s">
         <v>2687</v>
       </c>
     </row>
     <row r="1265" spans="1:4">
       <c r="A1265" s="1" t="s">
         <v>2688</v>
       </c>
       <c r="B1265" s="1">
-        <v>74860</v>
+        <v>74869</v>
       </c>
       <c r="D1265" t="s">
         <v>2689</v>
       </c>
     </row>
     <row r="1266" spans="1:4">
       <c r="A1266" s="1" t="s">
         <v>2690</v>
       </c>
       <c r="B1266" s="1">
-        <v>74869</v>
+        <v>75027</v>
       </c>
       <c r="D1266" t="s">
         <v>2691</v>
       </c>
     </row>
     <row r="1267" spans="1:4">
       <c r="A1267" s="1" t="s">
         <v>2692</v>
       </c>
       <c r="B1267" s="1">
-        <v>75027</v>
+        <v>75210</v>
       </c>
       <c r="D1267" t="s">
         <v>2693</v>
       </c>
     </row>
     <row r="1268" spans="1:4">
       <c r="A1268" s="1" t="s">
         <v>2694</v>
       </c>
       <c r="B1268" s="1">
-        <v>75210</v>
+        <v>75240</v>
       </c>
       <c r="D1268" t="s">
         <v>2695</v>
       </c>
     </row>
     <row r="1269" spans="1:4">
       <c r="A1269" s="1" t="s">
         <v>2696</v>
       </c>
       <c r="B1269" s="1">
-        <v>75240</v>
+        <v>75250</v>
       </c>
       <c r="D1269" t="s">
         <v>2697</v>
       </c>
     </row>
     <row r="1270" spans="1:4">
       <c r="A1270" s="1" t="s">
         <v>2698</v>
       </c>
       <c r="B1270" s="1">
-        <v>75250</v>
+        <v>75255</v>
       </c>
       <c r="D1270" t="s">
         <v>2699</v>
       </c>
     </row>
     <row r="1271" spans="1:4">
       <c r="A1271" s="1" t="s">
         <v>2700</v>
       </c>
       <c r="B1271" s="1">
-        <v>75255</v>
+        <v>75260</v>
       </c>
       <c r="D1271" t="s">
         <v>2701</v>
       </c>
     </row>
     <row r="1272" spans="1:4">
       <c r="A1272" s="1" t="s">
         <v>2702</v>
       </c>
       <c r="B1272" s="1">
-        <v>75260</v>
+        <v>75305</v>
       </c>
       <c r="D1272" t="s">
         <v>2703</v>
       </c>
     </row>
     <row r="1273" spans="1:4">
       <c r="A1273" s="1" t="s">
         <v>2704</v>
       </c>
       <c r="B1273" s="1">
-        <v>75305</v>
+        <v>75315</v>
       </c>
       <c r="D1273" t="s">
         <v>2705</v>
       </c>
     </row>
     <row r="1274" spans="1:4">
       <c r="A1274" s="1" t="s">
         <v>2706</v>
       </c>
       <c r="B1274" s="1">
-        <v>75315</v>
+        <v>75318</v>
       </c>
       <c r="D1274" t="s">
         <v>2707</v>
       </c>
     </row>
     <row r="1275" spans="1:4">
       <c r="A1275" s="1" t="s">
         <v>2708</v>
       </c>
       <c r="B1275" s="1">
-        <v>75318</v>
+        <v>75343</v>
       </c>
       <c r="D1275" t="s">
         <v>2709</v>
       </c>
     </row>
     <row r="1276" spans="1:4">
       <c r="A1276" s="1" t="s">
         <v>2710</v>
       </c>
       <c r="B1276" s="1">
-        <v>75343</v>
+        <v>75346</v>
       </c>
       <c r="D1276" t="s">
         <v>2711</v>
       </c>
     </row>
     <row r="1277" spans="1:4">
       <c r="A1277" s="1" t="s">
         <v>2712</v>
       </c>
       <c r="B1277" s="1">
-        <v>75346</v>
+        <v>75348</v>
       </c>
       <c r="D1277" t="s">
         <v>2713</v>
       </c>
     </row>
     <row r="1278" spans="1:4">
       <c r="A1278" s="1" t="s">
         <v>2714</v>
       </c>
       <c r="B1278" s="1">
-        <v>75348</v>
+        <v>75349</v>
       </c>
       <c r="D1278" t="s">
         <v>2715</v>
       </c>
     </row>
     <row r="1279" spans="1:4">
       <c r="A1279" s="1" t="s">
         <v>2716</v>
       </c>
       <c r="B1279" s="1">
-        <v>75349</v>
+        <v>75351</v>
       </c>
       <c r="D1279" t="s">
         <v>2717</v>
       </c>
     </row>
     <row r="1280" spans="1:4">
       <c r="A1280" s="1" t="s">
         <v>2718</v>
       </c>
       <c r="B1280" s="1">
-        <v>75351</v>
+        <v>75355</v>
       </c>
       <c r="D1280" t="s">
         <v>2719</v>
       </c>
     </row>
     <row r="1281" spans="1:4">
       <c r="A1281" s="1" t="s">
         <v>2720</v>
       </c>
       <c r="B1281" s="1">
-        <v>75355</v>
+        <v>75358</v>
       </c>
       <c r="D1281" t="s">
         <v>2721</v>
       </c>
     </row>
     <row r="1282" spans="1:4">
       <c r="A1282" s="1" t="s">
         <v>2722</v>
       </c>
       <c r="B1282" s="1">
-        <v>75358</v>
+        <v>75364</v>
       </c>
       <c r="D1282" t="s">
         <v>2723</v>
       </c>
     </row>
     <row r="1283" spans="1:4">
       <c r="A1283" s="1" t="s">
         <v>2724</v>
       </c>
       <c r="B1283" s="1">
-        <v>75364</v>
+        <v>75405</v>
       </c>
       <c r="D1283" t="s">
         <v>2725</v>
       </c>
     </row>
     <row r="1284" spans="1:4">
       <c r="A1284" s="1" t="s">
         <v>2726</v>
       </c>
       <c r="B1284" s="1">
-        <v>75405</v>
+        <v>75409</v>
       </c>
       <c r="D1284" t="s">
         <v>2727</v>
       </c>
     </row>
     <row r="1285" spans="1:4">
       <c r="A1285" s="1" t="s">
         <v>2728</v>
       </c>
       <c r="B1285" s="1">
-        <v>75409</v>
+        <v>75415</v>
       </c>
       <c r="D1285" t="s">
         <v>2729</v>
       </c>
     </row>
     <row r="1286" spans="1:4">
       <c r="A1286" s="1" t="s">
         <v>2730</v>
       </c>
       <c r="B1286" s="1">
-        <v>75415</v>
+        <v>75418</v>
       </c>
       <c r="D1286" t="s">
         <v>2731</v>
       </c>
     </row>
     <row r="1287" spans="1:4">
       <c r="A1287" s="1" t="s">
         <v>2732</v>
       </c>
       <c r="B1287" s="1">
-        <v>75418</v>
+        <v>75425</v>
       </c>
       <c r="D1287" t="s">
         <v>2733</v>
       </c>
     </row>
     <row r="1288" spans="1:4">
       <c r="A1288" s="1" t="s">
         <v>2734</v>
       </c>
       <c r="B1288" s="1">
-        <v>75425</v>
+        <v>75426</v>
       </c>
       <c r="D1288" t="s">
         <v>2735</v>
       </c>
     </row>
     <row r="1289" spans="1:4">
       <c r="A1289" s="1" t="s">
         <v>2736</v>
       </c>
       <c r="B1289" s="1">
-        <v>75426</v>
+        <v>75431</v>
       </c>
       <c r="D1289" t="s">
         <v>2737</v>
       </c>
     </row>
     <row r="1290" spans="1:4">
       <c r="A1290" s="1" t="s">
         <v>2738</v>
       </c>
       <c r="B1290" s="1">
-        <v>75431</v>
+        <v>75434</v>
       </c>
       <c r="D1290" t="s">
         <v>2739</v>
       </c>
     </row>
     <row r="1291" spans="1:4">
       <c r="A1291" s="1" t="s">
         <v>2740</v>
       </c>
       <c r="B1291" s="1">
-        <v>75434</v>
+        <v>75436</v>
       </c>
       <c r="D1291" t="s">
         <v>2741</v>
       </c>
     </row>
     <row r="1292" spans="1:4">
       <c r="A1292" s="1" t="s">
         <v>2742</v>
       </c>
       <c r="B1292" s="1">
-        <v>75436</v>
+        <v>75437</v>
       </c>
       <c r="D1292" t="s">
         <v>2743</v>
       </c>
     </row>
     <row r="1293" spans="1:4">
       <c r="A1293" s="1" t="s">
         <v>2744</v>
       </c>
       <c r="B1293" s="1">
-        <v>75437</v>
+        <v>75438</v>
       </c>
       <c r="D1293" t="s">
         <v>2745</v>
       </c>
     </row>
     <row r="1294" spans="1:4">
       <c r="A1294" s="1" t="s">
         <v>2746</v>
       </c>
       <c r="B1294" s="1">
-        <v>75438</v>
+        <v>75443</v>
       </c>
       <c r="D1294" t="s">
         <v>2747</v>
       </c>
     </row>
     <row r="1295" spans="1:4">
       <c r="A1295" s="1" t="s">
         <v>2748</v>
       </c>
       <c r="B1295" s="1">
-        <v>75443</v>
+        <v>75446</v>
       </c>
       <c r="D1295" t="s">
         <v>2749</v>
       </c>
     </row>
     <row r="1296" spans="1:4">
       <c r="A1296" s="1" t="s">
         <v>2750</v>
       </c>
       <c r="B1296" s="1">
-        <v>75446</v>
+        <v>75448</v>
       </c>
       <c r="D1296" t="s">
         <v>2751</v>
       </c>
     </row>
     <row r="1297" spans="1:4">
       <c r="A1297" s="1" t="s">
         <v>2752</v>
       </c>
       <c r="B1297" s="1">
-        <v>75448</v>
+        <v>75449</v>
       </c>
       <c r="D1297" t="s">
         <v>2753</v>
       </c>
     </row>
     <row r="1298" spans="1:4">
       <c r="A1298" s="1" t="s">
         <v>2754</v>
       </c>
       <c r="B1298" s="1">
-        <v>75449</v>
+        <v>75543</v>
       </c>
       <c r="D1298" t="s">
         <v>2755</v>
       </c>
     </row>
     <row r="1299" spans="1:4">
       <c r="A1299" s="1" t="s">
         <v>2756</v>
       </c>
       <c r="B1299" s="1">
-        <v>75543</v>
+        <v>75555</v>
       </c>
       <c r="D1299" t="s">
         <v>2757</v>
       </c>
     </row>
     <row r="1300" spans="1:4">
       <c r="A1300" s="1" t="s">
         <v>2758</v>
       </c>
       <c r="B1300" s="1">
-        <v>75555</v>
+        <v>75559</v>
       </c>
       <c r="D1300" t="s">
         <v>2759</v>
       </c>
     </row>
     <row r="1301" spans="1:4">
       <c r="A1301" s="1" t="s">
         <v>2760</v>
       </c>
       <c r="B1301" s="1">
-        <v>75559</v>
+        <v>75565</v>
       </c>
       <c r="D1301" t="s">
         <v>2761</v>
       </c>
     </row>
     <row r="1302" spans="1:4">
       <c r="A1302" s="1" t="s">
         <v>2762</v>
       </c>
       <c r="B1302" s="1">
-        <v>75565</v>
+        <v>75566</v>
       </c>
       <c r="D1302" t="s">
         <v>2763</v>
       </c>
     </row>
     <row r="1303" spans="1:4">
       <c r="A1303" s="1" t="s">
         <v>2764</v>
       </c>
       <c r="B1303" s="1">
-        <v>75566</v>
+        <v>75568</v>
       </c>
       <c r="D1303" t="s">
         <v>2765</v>
       </c>
     </row>
     <row r="1304" spans="1:4">
       <c r="A1304" s="1" t="s">
         <v>2766</v>
       </c>
       <c r="B1304" s="1">
-        <v>75568</v>
+        <v>75571</v>
       </c>
       <c r="D1304" t="s">
         <v>2767</v>
       </c>
     </row>
     <row r="1305" spans="1:4">
       <c r="A1305" s="1" t="s">
         <v>2768</v>
       </c>
       <c r="B1305" s="1">
-        <v>75571</v>
+        <v>75574</v>
       </c>
       <c r="D1305" t="s">
         <v>2769</v>
       </c>
     </row>
     <row r="1306" spans="1:4">
       <c r="A1306" s="1" t="s">
         <v>2770</v>
       </c>
       <c r="B1306" s="1">
-        <v>75574</v>
+        <v>75576</v>
       </c>
       <c r="D1306" t="s">
         <v>2771</v>
       </c>
     </row>
     <row r="1307" spans="1:4">
       <c r="A1307" s="1" t="s">
         <v>2772</v>
       </c>
       <c r="B1307" s="1">
-        <v>75576</v>
+        <v>75738</v>
       </c>
       <c r="D1307" t="s">
         <v>2773</v>
       </c>
     </row>
     <row r="1308" spans="1:4">
       <c r="A1308" s="1" t="s">
         <v>2774</v>
       </c>
       <c r="B1308" s="1">
-        <v>75738</v>
+        <v>75743</v>
       </c>
       <c r="D1308" t="s">
         <v>2775</v>
       </c>
     </row>
     <row r="1309" spans="1:4">
       <c r="A1309" s="1" t="s">
         <v>2776</v>
       </c>
       <c r="B1309" s="1">
-        <v>75743</v>
+        <v>75749</v>
       </c>
       <c r="D1309" t="s">
         <v>2777</v>
       </c>
     </row>
     <row r="1310" spans="1:4">
       <c r="A1310" s="1" t="s">
         <v>2778</v>
       </c>
       <c r="B1310" s="1">
-        <v>75749</v>
+        <v>75755</v>
       </c>
       <c r="D1310" t="s">
         <v>2779</v>
       </c>
     </row>
     <row r="1311" spans="1:4">
       <c r="A1311" s="1" t="s">
         <v>2780</v>
       </c>
       <c r="B1311" s="1">
-        <v>75755</v>
+        <v>75759</v>
       </c>
       <c r="D1311" t="s">
         <v>2781</v>
       </c>
     </row>
     <row r="1312" spans="1:4">
       <c r="A1312" s="1" t="s">
         <v>2782</v>
       </c>
       <c r="B1312" s="1">
-        <v>75759</v>
+        <v>75765</v>
       </c>
       <c r="D1312" t="s">
         <v>2783</v>
       </c>
     </row>
     <row r="1313" spans="1:4">
       <c r="A1313" s="1" t="s">
         <v>2784</v>
       </c>
       <c r="B1313" s="1">
-        <v>75765</v>
+        <v>75966</v>
       </c>
       <c r="D1313" t="s">
         <v>2785</v>
       </c>
     </row>
     <row r="1314" spans="1:4">
       <c r="A1314" s="1" t="s">
         <v>2786</v>
       </c>
       <c r="B1314" s="1">
-        <v>75966</v>
+        <v>75971</v>
       </c>
       <c r="D1314" t="s">
         <v>2787</v>
       </c>
     </row>
     <row r="1315" spans="1:4">
       <c r="A1315" s="1" t="s">
         <v>2788</v>
       </c>
       <c r="B1315" s="1">
-        <v>75971</v>
+        <v>75974</v>
       </c>
       <c r="D1315" t="s">
         <v>2789</v>
       </c>
     </row>
     <row r="1316" spans="1:4">
       <c r="A1316" s="1" t="s">
         <v>2790</v>
       </c>
       <c r="B1316" s="1">
-        <v>75974</v>
+        <v>75976</v>
       </c>
       <c r="D1316" t="s">
         <v>2791</v>
       </c>
     </row>
     <row r="1317" spans="1:4">
       <c r="A1317" s="1" t="s">
         <v>2792</v>
       </c>
       <c r="B1317" s="1">
-        <v>75976</v>
+        <v>75978</v>
       </c>
       <c r="D1317" t="s">
         <v>2793</v>
       </c>
     </row>
     <row r="1318" spans="1:4">
       <c r="A1318" s="1" t="s">
         <v>2794</v>
       </c>
       <c r="B1318" s="1">
-        <v>75978</v>
+        <v>75985</v>
       </c>
       <c r="D1318" t="s">
         <v>2795</v>
       </c>
     </row>
     <row r="1319" spans="1:4">
       <c r="A1319" s="1" t="s">
         <v>2796</v>
       </c>
       <c r="B1319" s="1">
-        <v>75985</v>
+        <v>75989</v>
       </c>
       <c r="D1319" t="s">
         <v>2797</v>
       </c>
     </row>
     <row r="1320" spans="1:4">
       <c r="A1320" s="1" t="s">
         <v>2798</v>
       </c>
       <c r="B1320" s="1">
-        <v>75989</v>
+        <v>75993</v>
       </c>
       <c r="D1320" t="s">
         <v>2799</v>
       </c>
     </row>
     <row r="1321" spans="1:4">
       <c r="A1321" s="1" t="s">
         <v>2800</v>
       </c>
       <c r="B1321" s="1">
-        <v>75993</v>
+        <v>76246</v>
       </c>
       <c r="D1321" t="s">
         <v>2801</v>
       </c>
     </row>
     <row r="1322" spans="1:4">
       <c r="A1322" s="1" t="s">
         <v>2802</v>
       </c>
       <c r="B1322" s="1">
-        <v>76246</v>
+        <v>76437</v>
       </c>
       <c r="D1322" t="s">
         <v>2803</v>
       </c>
     </row>
     <row r="1323" spans="1:4">
       <c r="A1323" s="1" t="s">
         <v>2804</v>
       </c>
       <c r="B1323" s="1">
-        <v>76437</v>
+        <v>76726</v>
       </c>
       <c r="D1323" t="s">
         <v>2805</v>
       </c>
     </row>
     <row r="1324" spans="1:4">
       <c r="A1324" s="1" t="s">
         <v>2806</v>
       </c>
       <c r="B1324" s="1">
-        <v>76726</v>
+        <v>76736</v>
       </c>
       <c r="D1324" t="s">
         <v>2807</v>
       </c>
     </row>
     <row r="1325" spans="1:4">
       <c r="A1325" s="1" t="s">
         <v>2808</v>
       </c>
       <c r="B1325" s="1">
-        <v>76736</v>
+        <v>76755</v>
       </c>
       <c r="D1325" t="s">
         <v>2809</v>
       </c>
     </row>
     <row r="1326" spans="1:4">
       <c r="A1326" s="1" t="s">
         <v>2810</v>
       </c>
       <c r="B1326" s="1">
-        <v>76755</v>
+        <v>78131</v>
       </c>
       <c r="D1326" t="s">
         <v>2811</v>
       </c>
     </row>
     <row r="1327" spans="1:4">
       <c r="A1327" s="1" t="s">
         <v>2812</v>
       </c>
       <c r="B1327" s="1">
-        <v>78131</v>
+        <v>78325</v>
       </c>
       <c r="D1327" t="s">
         <v>2813</v>
       </c>
     </row>
     <row r="1328" spans="1:4">
       <c r="A1328" s="1" t="s">
         <v>2814</v>
       </c>
       <c r="B1328" s="1">
-        <v>78325</v>
+        <v>78375</v>
       </c>
       <c r="D1328" t="s">
         <v>2815</v>
       </c>
     </row>
     <row r="1329" spans="1:4">
       <c r="A1329" s="1" t="s">
         <v>2816</v>
       </c>
       <c r="B1329" s="1">
-        <v>78375</v>
+        <v>78739</v>
       </c>
       <c r="D1329" t="s">
         <v>2817</v>
       </c>
     </row>
     <row r="1330" spans="1:4">
       <c r="A1330" s="1" t="s">
         <v>2818</v>
       </c>
       <c r="B1330" s="1">
-        <v>78739</v>
+        <v>78741</v>
       </c>
       <c r="D1330" t="s">
         <v>2819</v>
       </c>
     </row>
     <row r="1331" spans="1:4">
       <c r="A1331" s="1" t="s">
         <v>2820</v>
       </c>
       <c r="B1331" s="1">
-        <v>78741</v>
+        <v>78743</v>
       </c>
       <c r="D1331" t="s">
         <v>2821</v>
       </c>
     </row>
     <row r="1332" spans="1:4">
       <c r="A1332" s="1" t="s">
         <v>2822</v>
       </c>
       <c r="B1332" s="1">
-        <v>78743</v>
+        <v>78744</v>
       </c>
       <c r="D1332" t="s">
         <v>2823</v>
       </c>
     </row>
     <row r="1333" spans="1:4">
       <c r="A1333" s="1" t="s">
         <v>2824</v>
       </c>
       <c r="B1333" s="1">
-        <v>78744</v>
+        <v>78855</v>
       </c>
       <c r="D1333" t="s">
         <v>2825</v>
       </c>
     </row>
     <row r="1334" spans="1:4">
       <c r="A1334" s="1" t="s">
         <v>2826</v>
       </c>
       <c r="B1334" s="1">
-        <v>78855</v>
+        <v>78860</v>
       </c>
       <c r="D1334" t="s">
         <v>2827</v>
       </c>
     </row>
     <row r="1335" spans="1:4">
       <c r="A1335" s="1" t="s">
         <v>2828</v>
       </c>
       <c r="B1335" s="1">
-        <v>78860</v>
+        <v>78863</v>
       </c>
       <c r="D1335" t="s">
         <v>2829</v>
       </c>
     </row>
     <row r="1336" spans="1:4">
       <c r="A1336" s="1" t="s">
         <v>2830</v>
       </c>
       <c r="B1336" s="1">
-        <v>78863</v>
+        <v>78878</v>
       </c>
       <c r="D1336" t="s">
         <v>2831</v>
       </c>
     </row>
     <row r="1337" spans="1:4">
       <c r="A1337" s="1" t="s">
         <v>2832</v>
       </c>
       <c r="B1337" s="1">
-        <v>78878</v>
+        <v>78896</v>
       </c>
       <c r="D1337" t="s">
         <v>2833</v>
       </c>
     </row>
     <row r="1338" spans="1:4">
       <c r="A1338" s="1" t="s">
         <v>2834</v>
       </c>
       <c r="B1338" s="1">
-        <v>78896</v>
+        <v>78907</v>
       </c>
       <c r="D1338" t="s">
         <v>2835</v>
       </c>
     </row>
     <row r="1339" spans="1:4">
       <c r="A1339" s="1" t="s">
         <v>2836</v>
       </c>
       <c r="B1339" s="1">
-        <v>78907</v>
+        <v>78943</v>
       </c>
       <c r="D1339" t="s">
         <v>2837</v>
       </c>
     </row>
     <row r="1340" spans="1:4">
       <c r="A1340" s="1" t="s">
         <v>2838</v>
       </c>
       <c r="B1340" s="1">
-        <v>78943</v>
+        <v>78992</v>
       </c>
       <c r="D1340" t="s">
         <v>2839</v>
       </c>
     </row>
     <row r="1341" spans="1:4">
       <c r="A1341" s="1" t="s">
         <v>2840</v>
       </c>
       <c r="B1341" s="1">
-        <v>78992</v>
+        <v>79003</v>
       </c>
       <c r="D1341" t="s">
         <v>2841</v>
       </c>
     </row>
     <row r="1342" spans="1:4">
       <c r="A1342" s="1" t="s">
         <v>2842</v>
       </c>
       <c r="B1342" s="1">
-        <v>79003</v>
+        <v>79825</v>
       </c>
       <c r="D1342" t="s">
         <v>2843</v>
       </c>
     </row>
     <row r="1343" spans="1:4">
       <c r="A1343" s="1" t="s">
         <v>2844</v>
       </c>
       <c r="B1343" s="1">
-        <v>79825</v>
+        <v>79828</v>
       </c>
       <c r="D1343" t="s">
         <v>2845</v>
       </c>
     </row>
     <row r="1344" spans="1:4">
       <c r="A1344" s="1" t="s">
         <v>2846</v>
       </c>
       <c r="B1344" s="1">
-        <v>79828</v>
+        <v>79829</v>
       </c>
       <c r="D1344" t="s">
         <v>2847</v>
       </c>
     </row>
     <row r="1345" spans="1:4">
       <c r="A1345" s="1" t="s">
         <v>2848</v>
       </c>
       <c r="B1345" s="1">
-        <v>79829</v>
+        <v>79830</v>
       </c>
       <c r="D1345" t="s">
         <v>2849</v>
       </c>
     </row>
     <row r="1346" spans="1:4">
       <c r="A1346" s="1" t="s">
         <v>2850</v>
       </c>
       <c r="B1346" s="1">
-        <v>79830</v>
+        <v>79831</v>
       </c>
       <c r="D1346" t="s">
         <v>2851</v>
       </c>
     </row>
     <row r="1347" spans="1:4">
       <c r="A1347" s="1" t="s">
         <v>2852</v>
       </c>
       <c r="B1347" s="1">
-        <v>79831</v>
+        <v>79832</v>
       </c>
       <c r="D1347" t="s">
         <v>2853</v>
       </c>
     </row>
     <row r="1348" spans="1:4">
       <c r="A1348" s="1" t="s">
         <v>2854</v>
       </c>
       <c r="B1348" s="1">
-        <v>79832</v>
+        <v>79833</v>
       </c>
       <c r="D1348" t="s">
         <v>2855</v>
       </c>
     </row>
     <row r="1349" spans="1:4">
       <c r="A1349" s="1" t="s">
         <v>2856</v>
       </c>
       <c r="B1349" s="1">
-        <v>79833</v>
+        <v>79837</v>
       </c>
       <c r="D1349" t="s">
         <v>2857</v>
       </c>
     </row>
     <row r="1350" spans="1:4">
       <c r="A1350" s="1" t="s">
         <v>2858</v>
       </c>
       <c r="B1350" s="1">
-        <v>79837</v>
+        <v>79845</v>
       </c>
       <c r="D1350" t="s">
         <v>2859</v>
       </c>
     </row>
     <row r="1351" spans="1:4">
       <c r="A1351" s="1" t="s">
         <v>2860</v>
       </c>
       <c r="B1351" s="1">
-        <v>79845</v>
+        <v>79848</v>
       </c>
       <c r="D1351" t="s">
         <v>2861</v>
       </c>
     </row>
     <row r="1352" spans="1:4">
       <c r="A1352" s="1" t="s">
         <v>2862</v>
       </c>
       <c r="B1352" s="1">
-        <v>79848</v>
+        <v>80104</v>
       </c>
       <c r="D1352" t="s">
         <v>2863</v>
       </c>
     </row>
     <row r="1353" spans="1:4">
       <c r="A1353" s="1" t="s">
         <v>2864</v>
       </c>
       <c r="B1353" s="1">
-        <v>80104</v>
+        <v>80107</v>
       </c>
       <c r="D1353" t="s">
         <v>2865</v>
       </c>
     </row>
     <row r="1354" spans="1:4">
       <c r="A1354" s="1" t="s">
         <v>2866</v>
       </c>
       <c r="B1354" s="1">
-        <v>80107</v>
+        <v>80109</v>
       </c>
       <c r="D1354" t="s">
         <v>2867</v>
       </c>
     </row>
     <row r="1355" spans="1:4">
       <c r="A1355" s="1" t="s">
         <v>2868</v>
       </c>
       <c r="B1355" s="1">
-        <v>80109</v>
+        <v>80119</v>
       </c>
       <c r="D1355" t="s">
         <v>2869</v>
       </c>
     </row>
     <row r="1356" spans="1:4">
       <c r="A1356" s="1" t="s">
         <v>2870</v>
       </c>
       <c r="B1356" s="1">
-        <v>80119</v>
+        <v>80120</v>
       </c>
       <c r="D1356" t="s">
         <v>2871</v>
       </c>
     </row>
     <row r="1357" spans="1:4">
       <c r="A1357" s="1" t="s">
         <v>2872</v>
       </c>
       <c r="B1357" s="1">
-        <v>80120</v>
+        <v>80130</v>
       </c>
       <c r="D1357" t="s">
         <v>2873</v>
       </c>
     </row>
     <row r="1358" spans="1:4">
       <c r="A1358" s="1" t="s">
         <v>2874</v>
       </c>
       <c r="B1358" s="1">
-        <v>80130</v>
+        <v>80131</v>
       </c>
       <c r="D1358" t="s">
         <v>2875</v>
       </c>
     </row>
     <row r="1359" spans="1:4">
       <c r="A1359" s="1" t="s">
         <v>2876</v>
       </c>
       <c r="B1359" s="1">
-        <v>80131</v>
+        <v>80132</v>
       </c>
       <c r="D1359" t="s">
         <v>2877</v>
       </c>
     </row>
     <row r="1360" spans="1:4">
       <c r="A1360" s="1" t="s">
         <v>2878</v>
       </c>
       <c r="B1360" s="1">
-        <v>80132</v>
+        <v>80134</v>
       </c>
       <c r="D1360" t="s">
         <v>2879</v>
       </c>
     </row>
     <row r="1361" spans="1:4">
       <c r="A1361" s="1" t="s">
         <v>2880</v>
       </c>
       <c r="B1361" s="1">
-        <v>80134</v>
+        <v>80138</v>
       </c>
       <c r="D1361" t="s">
         <v>2881</v>
       </c>
     </row>
     <row r="1362" spans="1:4">
       <c r="A1362" s="1" t="s">
         <v>2882</v>
       </c>
       <c r="B1362" s="1">
-        <v>80138</v>
+        <v>80146</v>
       </c>
       <c r="D1362" t="s">
         <v>2883</v>
       </c>
     </row>
     <row r="1363" spans="1:4">
       <c r="A1363" s="1" t="s">
         <v>2884</v>
       </c>
       <c r="B1363" s="1">
-        <v>80146</v>
+        <v>80147</v>
       </c>
       <c r="D1363" t="s">
         <v>2885</v>
       </c>
     </row>
     <row r="1364" spans="1:4">
       <c r="A1364" s="1" t="s">
         <v>2886</v>
       </c>
       <c r="B1364" s="1">
-        <v>80147</v>
+        <v>80154</v>
       </c>
       <c r="D1364" t="s">
         <v>2887</v>
       </c>
     </row>
     <row r="1365" spans="1:4">
       <c r="A1365" s="1" t="s">
         <v>2888</v>
       </c>
       <c r="B1365" s="1">
-        <v>80154</v>
+        <v>80155</v>
       </c>
       <c r="D1365" t="s">
         <v>2889</v>
       </c>
     </row>
     <row r="1366" spans="1:4">
       <c r="A1366" s="1" t="s">
         <v>2890</v>
       </c>
       <c r="B1366" s="1">
-        <v>80155</v>
+        <v>80160</v>
       </c>
       <c r="D1366" t="s">
         <v>2891</v>
       </c>
     </row>
     <row r="1367" spans="1:4">
       <c r="A1367" s="1" t="s">
         <v>2892</v>
       </c>
       <c r="B1367" s="1">
-        <v>80160</v>
+        <v>80174</v>
       </c>
       <c r="D1367" t="s">
         <v>2893</v>
       </c>
     </row>
     <row r="1368" spans="1:4">
       <c r="A1368" s="1" t="s">
         <v>2894</v>
       </c>
       <c r="B1368" s="1">
-        <v>80174</v>
+        <v>81099</v>
       </c>
       <c r="D1368" t="s">
         <v>2895</v>
       </c>
     </row>
     <row r="1369" spans="1:4">
       <c r="A1369" s="1" t="s">
         <v>2896</v>
       </c>
       <c r="B1369" s="1">
-        <v>81099</v>
+        <v>81103</v>
       </c>
       <c r="D1369" t="s">
         <v>2897</v>
       </c>
     </row>
     <row r="1370" spans="1:4">
       <c r="A1370" s="1" t="s">
         <v>2898</v>
       </c>
       <c r="B1370" s="1">
-        <v>81103</v>
+        <v>81104</v>
       </c>
       <c r="D1370" t="s">
         <v>2899</v>
       </c>
     </row>
     <row r="1371" spans="1:4">
       <c r="A1371" s="1" t="s">
         <v>2900</v>
       </c>
       <c r="B1371" s="1">
-        <v>81104</v>
+        <v>81106</v>
       </c>
       <c r="D1371" t="s">
         <v>2901</v>
       </c>
     </row>
     <row r="1372" spans="1:4">
       <c r="A1372" s="1" t="s">
         <v>2902</v>
       </c>
       <c r="B1372" s="1">
-        <v>81106</v>
+        <v>81107</v>
       </c>
       <c r="D1372" t="s">
         <v>2903</v>
       </c>
     </row>
     <row r="1373" spans="1:4">
       <c r="A1373" s="1" t="s">
         <v>2904</v>
       </c>
       <c r="B1373" s="1">
-        <v>81107</v>
+        <v>81109</v>
       </c>
       <c r="D1373" t="s">
         <v>2905</v>
       </c>
     </row>
     <row r="1374" spans="1:4">
       <c r="A1374" s="1" t="s">
         <v>2906</v>
       </c>
       <c r="B1374" s="1">
-        <v>81109</v>
+        <v>81110</v>
       </c>
       <c r="D1374" t="s">
         <v>2907</v>
       </c>
     </row>
     <row r="1375" spans="1:4">
       <c r="A1375" s="1" t="s">
         <v>2908</v>
       </c>
       <c r="B1375" s="1">
-        <v>81110</v>
+        <v>81111</v>
       </c>
       <c r="D1375" t="s">
         <v>2909</v>
       </c>
     </row>
     <row r="1376" spans="1:4">
       <c r="A1376" s="1" t="s">
         <v>2910</v>
       </c>
       <c r="B1376" s="1">
-        <v>81111</v>
+        <v>81112</v>
       </c>
       <c r="D1376" t="s">
         <v>2911</v>
       </c>
     </row>
     <row r="1377" spans="1:4">
       <c r="A1377" s="1" t="s">
         <v>2912</v>
       </c>
       <c r="B1377" s="1">
-        <v>81112</v>
+        <v>81114</v>
       </c>
       <c r="D1377" t="s">
         <v>2913</v>
       </c>
     </row>
     <row r="1378" spans="1:4">
       <c r="A1378" s="1" t="s">
         <v>2914</v>
       </c>
       <c r="B1378" s="1">
-        <v>81114</v>
+        <v>81115</v>
       </c>
       <c r="D1378" t="s">
         <v>2915</v>
       </c>
     </row>
     <row r="1379" spans="1:4">
       <c r="A1379" s="1" t="s">
         <v>2916</v>
       </c>
       <c r="B1379" s="1">
-        <v>81115</v>
+        <v>81117</v>
       </c>
       <c r="D1379" t="s">
         <v>2917</v>
       </c>
     </row>
     <row r="1380" spans="1:4">
       <c r="A1380" s="1" t="s">
         <v>2918</v>
       </c>
       <c r="B1380" s="1">
-        <v>81117</v>
+        <v>81118</v>
       </c>
       <c r="D1380" t="s">
         <v>2919</v>
       </c>
     </row>
     <row r="1381" spans="1:4">
       <c r="A1381" s="1" t="s">
         <v>2920</v>
       </c>
       <c r="B1381" s="1">
-        <v>81118</v>
+        <v>81119</v>
       </c>
       <c r="D1381" t="s">
         <v>2921</v>
       </c>
     </row>
     <row r="1382" spans="1:4">
       <c r="A1382" s="1" t="s">
         <v>2922</v>
       </c>
       <c r="B1382" s="1">
-        <v>81119</v>
+        <v>81120</v>
       </c>
       <c r="D1382" t="s">
         <v>2923</v>
       </c>
     </row>
     <row r="1383" spans="1:4">
       <c r="A1383" s="1" t="s">
         <v>2924</v>
       </c>
       <c r="B1383" s="1">
-        <v>81120</v>
+        <v>81122</v>
       </c>
       <c r="D1383" t="s">
         <v>2925</v>
       </c>
     </row>
     <row r="1384" spans="1:4">
       <c r="A1384" s="1" t="s">
         <v>2926</v>
       </c>
       <c r="B1384" s="1">
-        <v>81122</v>
+        <v>81125</v>
       </c>
       <c r="D1384" t="s">
         <v>2927</v>
       </c>
     </row>
     <row r="1385" spans="1:4">
       <c r="A1385" s="1" t="s">
         <v>2928</v>
       </c>
       <c r="B1385" s="1">
-        <v>81125</v>
+        <v>81126</v>
       </c>
       <c r="D1385" t="s">
         <v>2929</v>
       </c>
     </row>
     <row r="1386" spans="1:4">
       <c r="A1386" s="1" t="s">
         <v>2930</v>
       </c>
       <c r="B1386" s="1">
-        <v>81126</v>
+        <v>81127</v>
       </c>
       <c r="D1386" t="s">
         <v>2931</v>
       </c>
     </row>
     <row r="1387" spans="1:4">
       <c r="A1387" s="1" t="s">
         <v>2932</v>
       </c>
       <c r="B1387" s="1">
-        <v>81127</v>
+        <v>81130</v>
       </c>
       <c r="D1387" t="s">
         <v>2933</v>
       </c>
     </row>
     <row r="1388" spans="1:4">
       <c r="A1388" s="1" t="s">
         <v>2934</v>
       </c>
       <c r="B1388" s="1">
-        <v>81130</v>
+        <v>81131</v>
       </c>
       <c r="D1388" t="s">
         <v>2935</v>
       </c>
     </row>
     <row r="1389" spans="1:4">
       <c r="A1389" s="1" t="s">
         <v>2936</v>
       </c>
       <c r="B1389" s="1">
-        <v>81131</v>
+        <v>81132</v>
       </c>
       <c r="D1389" t="s">
         <v>2937</v>
       </c>
     </row>
     <row r="1390" spans="1:4">
       <c r="A1390" s="1" t="s">
         <v>2938</v>
       </c>
       <c r="B1390" s="1">
-        <v>81132</v>
+        <v>81158</v>
       </c>
       <c r="D1390" t="s">
         <v>2939</v>
       </c>
     </row>
     <row r="1391" spans="1:4">
       <c r="A1391" s="1" t="s">
         <v>2940</v>
       </c>
       <c r="B1391" s="1">
-        <v>81158</v>
+        <v>81160</v>
       </c>
       <c r="D1391" t="s">
         <v>2941</v>
       </c>
     </row>
     <row r="1392" spans="1:4">
       <c r="A1392" s="1" t="s">
         <v>2942</v>
       </c>
       <c r="B1392" s="1">
-        <v>81160</v>
+        <v>81166</v>
       </c>
       <c r="D1392" t="s">
         <v>2943</v>
       </c>
     </row>
     <row r="1393" spans="1:4">
       <c r="A1393" s="1" t="s">
         <v>2944</v>
       </c>
       <c r="B1393" s="1">
-        <v>81166</v>
+        <v>81169</v>
       </c>
       <c r="D1393" t="s">
         <v>2945</v>
       </c>
     </row>
     <row r="1394" spans="1:4">
       <c r="A1394" s="1" t="s">
         <v>2946</v>
       </c>
       <c r="B1394" s="1">
-        <v>81169</v>
+        <v>81173</v>
       </c>
       <c r="D1394" t="s">
         <v>2947</v>
       </c>
     </row>
     <row r="1395" spans="1:4">
       <c r="A1395" s="1" t="s">
         <v>2948</v>
       </c>
       <c r="B1395" s="1">
-        <v>81173</v>
+        <v>81174</v>
       </c>
       <c r="D1395" t="s">
         <v>2949</v>
       </c>
     </row>
     <row r="1396" spans="1:4">
       <c r="A1396" s="1" t="s">
         <v>2950</v>
       </c>
       <c r="B1396" s="1">
-        <v>81174</v>
+        <v>81175</v>
       </c>
       <c r="D1396" t="s">
         <v>2951</v>
       </c>
     </row>
     <row r="1397" spans="1:4">
       <c r="A1397" s="1" t="s">
         <v>2952</v>
       </c>
       <c r="B1397" s="1">
-        <v>81175</v>
+        <v>81183</v>
       </c>
       <c r="D1397" t="s">
         <v>2953</v>
       </c>
     </row>
     <row r="1398" spans="1:4">
       <c r="A1398" s="1" t="s">
         <v>2954</v>
       </c>
       <c r="B1398" s="1">
-        <v>81183</v>
+        <v>81185</v>
       </c>
       <c r="D1398" t="s">
         <v>2955</v>
       </c>
     </row>
     <row r="1399" spans="1:4">
       <c r="A1399" s="1" t="s">
         <v>2956</v>
       </c>
       <c r="B1399" s="1">
-        <v>81185</v>
+        <v>81189</v>
       </c>
       <c r="D1399" t="s">
         <v>2957</v>
       </c>
     </row>
     <row r="1400" spans="1:4">
       <c r="A1400" s="1" t="s">
         <v>2958</v>
       </c>
       <c r="B1400" s="1">
-        <v>81189</v>
+        <v>81190</v>
       </c>
       <c r="D1400" t="s">
         <v>2959</v>
       </c>
     </row>
     <row r="1401" spans="1:4">
       <c r="A1401" s="1" t="s">
         <v>2960</v>
       </c>
       <c r="B1401" s="1">
-        <v>81190</v>
+        <v>81191</v>
       </c>
       <c r="D1401" t="s">
         <v>2961</v>
       </c>
     </row>
     <row r="1402" spans="1:4">
       <c r="A1402" s="1" t="s">
         <v>2962</v>
       </c>
       <c r="B1402" s="1">
-        <v>81191</v>
+        <v>81192</v>
       </c>
       <c r="D1402" t="s">
         <v>2963</v>
       </c>
     </row>
     <row r="1403" spans="1:4">
       <c r="A1403" s="1" t="s">
         <v>2964</v>
       </c>
       <c r="B1403" s="1">
-        <v>81192</v>
+        <v>81195</v>
       </c>
       <c r="D1403" t="s">
         <v>2965</v>
       </c>
     </row>
     <row r="1404" spans="1:4">
       <c r="A1404" s="1" t="s">
         <v>2966</v>
       </c>
       <c r="B1404" s="1">
-        <v>81195</v>
+        <v>81197</v>
       </c>
       <c r="D1404" t="s">
         <v>2967</v>
       </c>
     </row>
     <row r="1405" spans="1:4">
       <c r="A1405" s="1" t="s">
         <v>2968</v>
       </c>
       <c r="B1405" s="1">
-        <v>81197</v>
+        <v>81198</v>
       </c>
       <c r="D1405" t="s">
         <v>2969</v>
       </c>
     </row>
     <row r="1406" spans="1:4">
       <c r="A1406" s="1" t="s">
         <v>2970</v>
       </c>
       <c r="B1406" s="1">
-        <v>81198</v>
+        <v>81199</v>
       </c>
       <c r="D1406" t="s">
         <v>2971</v>
       </c>
     </row>
     <row r="1407" spans="1:4">
       <c r="A1407" s="1" t="s">
         <v>2972</v>
       </c>
       <c r="B1407" s="1">
-        <v>81199</v>
+        <v>81203</v>
       </c>
       <c r="D1407" t="s">
         <v>2973</v>
       </c>
     </row>
     <row r="1408" spans="1:4">
       <c r="A1408" s="1" t="s">
         <v>2974</v>
       </c>
       <c r="B1408" s="1">
-        <v>81203</v>
+        <v>81204</v>
       </c>
       <c r="D1408" t="s">
         <v>2975</v>
       </c>
     </row>
     <row r="1409" spans="1:4">
       <c r="A1409" s="1" t="s">
         <v>2976</v>
       </c>
       <c r="B1409" s="1">
-        <v>81204</v>
+        <v>81206</v>
       </c>
       <c r="D1409" t="s">
         <v>2977</v>
       </c>
     </row>
     <row r="1410" spans="1:4">
       <c r="A1410" s="1" t="s">
         <v>2978</v>
       </c>
       <c r="B1410" s="1">
-        <v>81206</v>
+        <v>98703</v>
       </c>
       <c r="D1410" t="s">
         <v>2979</v>
       </c>
     </row>
     <row r="1411" spans="1:4">
       <c r="A1411" s="1" t="s">
         <v>2980</v>
       </c>
       <c r="B1411" s="1">
-        <v>98703</v>
+        <v>98704</v>
       </c>
       <c r="D1411" t="s">
         <v>2981</v>
       </c>
     </row>
     <row r="1412" spans="1:4">
       <c r="A1412" s="1" t="s">
         <v>2982</v>
       </c>
       <c r="B1412" s="1">
-        <v>98704</v>
+        <v>20320</v>
       </c>
       <c r="D1412" t="s">
         <v>2983</v>
       </c>
     </row>
     <row r="1413" spans="1:4">
       <c r="A1413" s="1" t="s">
         <v>2984</v>
       </c>
       <c r="B1413" s="1">
-        <v>20320</v>
+        <v>20404</v>
       </c>
       <c r="D1413" t="s">
         <v>2985</v>
       </c>
     </row>
     <row r="1414" spans="1:4">
       <c r="A1414" s="1" t="s">
         <v>2986</v>
       </c>
       <c r="B1414" s="1">
-        <v>20404</v>
+        <v>20406</v>
       </c>
       <c r="D1414" t="s">
         <v>2987</v>
       </c>
     </row>
     <row r="1415" spans="1:4">
       <c r="A1415" s="1" t="s">
         <v>2988</v>
       </c>
       <c r="B1415" s="1">
-        <v>20406</v>
+        <v>20407</v>
       </c>
       <c r="D1415" t="s">
         <v>2989</v>
       </c>
     </row>
     <row r="1416" spans="1:4">
       <c r="A1416" s="1" t="s">
         <v>2990</v>
       </c>
       <c r="B1416" s="1">
-        <v>20407</v>
+        <v>20410</v>
       </c>
       <c r="D1416" t="s">
         <v>2991</v>
       </c>
     </row>
     <row r="1417" spans="1:4">
       <c r="A1417" s="1" t="s">
         <v>2992</v>
       </c>
-      <c r="B1417" s="1">
-        <v>20410</v>
+      <c r="B1417" s="1" t="s">
+        <v>2993</v>
       </c>
       <c r="D1417" t="s">
-        <v>2993</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="1418" spans="1:4">
       <c r="A1418" s="1" t="s">
-        <v>2994</v>
+        <v>2995</v>
       </c>
       <c r="B1418" s="1" t="s">
-        <v>2995</v>
+        <v>2996</v>
       </c>
       <c r="D1418" t="s">
-        <v>2996</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="1419" spans="1:4">
       <c r="A1419" s="1" t="s">
-        <v>2997</v>
+        <v>2998</v>
       </c>
       <c r="B1419" s="1" t="s">
-        <v>2998</v>
+        <v>2999</v>
       </c>
       <c r="D1419" t="s">
-        <v>2999</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="1420" spans="1:4">
       <c r="A1420" s="1" t="s">
-        <v>3000</v>
+        <v>3001</v>
       </c>
       <c r="B1420" s="1" t="s">
-        <v>3001</v>
+        <v>3002</v>
       </c>
       <c r="D1420" t="s">
-        <v>3002</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="1421" spans="1:4">
       <c r="A1421" s="1" t="s">
-        <v>3003</v>
+        <v>3004</v>
       </c>
       <c r="B1421" s="1" t="s">
-        <v>3004</v>
+        <v>3005</v>
       </c>
       <c r="D1421" t="s">
-        <v>3005</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="1422" spans="1:4">
       <c r="A1422" s="1" t="s">
-        <v>3006</v>
+        <v>3007</v>
       </c>
       <c r="B1422" s="1" t="s">
-        <v>3007</v>
+        <v>3008</v>
       </c>
       <c r="D1422" t="s">
-        <v>3008</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="1423" spans="1:4">
       <c r="A1423" s="1" t="s">
-        <v>3009</v>
+        <v>3010</v>
       </c>
       <c r="B1423" s="1" t="s">
-        <v>3010</v>
+        <v>3011</v>
       </c>
       <c r="D1423" t="s">
-        <v>3011</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="1424" spans="1:4">
       <c r="A1424" s="1" t="s">
-        <v>3012</v>
+        <v>3013</v>
       </c>
       <c r="B1424" s="1" t="s">
-        <v>3013</v>
+        <v>3014</v>
       </c>
       <c r="D1424" t="s">
-        <v>3014</v>
+        <v>3015</v>
       </c>
     </row>
     <row r="1425" spans="1:4">
       <c r="A1425" s="1" t="s">
-        <v>3015</v>
-[...1 lines deleted...]
-      <c r="B1425" s="1" t="s">
         <v>3016</v>
+      </c>
+      <c r="B1425" s="1">
+        <v>10265</v>
       </c>
       <c r="D1425" t="s">
         <v>3017</v>
       </c>
     </row>
     <row r="1426" spans="1:4">
       <c r="A1426" s="1" t="s">
         <v>3018</v>
       </c>
       <c r="B1426" s="1">
-        <v>10265</v>
+        <v>10266</v>
       </c>
       <c r="D1426" t="s">
         <v>3019</v>
       </c>
     </row>
     <row r="1427" spans="1:4">
       <c r="A1427" s="1" t="s">
         <v>3020</v>
       </c>
       <c r="B1427" s="1">
-        <v>10266</v>
+        <v>10267</v>
       </c>
       <c r="D1427" t="s">
         <v>3021</v>
       </c>
     </row>
     <row r="1428" spans="1:4">
       <c r="A1428" s="1" t="s">
         <v>3022</v>
       </c>
       <c r="B1428" s="1">
-        <v>10267</v>
+        <v>10277</v>
       </c>
       <c r="D1428" t="s">
         <v>3023</v>
       </c>
     </row>
     <row r="1429" spans="1:4">
       <c r="A1429" s="1" t="s">
         <v>3024</v>
       </c>
       <c r="B1429" s="1">
-        <v>10277</v>
+        <v>78760</v>
       </c>
       <c r="D1429" t="s">
         <v>3025</v>
       </c>
     </row>
     <row r="1430" spans="1:4">
       <c r="A1430" s="1" t="s">
         <v>3026</v>
       </c>
       <c r="B1430" s="1">
-        <v>78760</v>
+        <v>78785</v>
       </c>
       <c r="D1430" t="s">
         <v>3027</v>
       </c>
     </row>
     <row r="1431" spans="1:4">
       <c r="A1431" s="1" t="s">
         <v>3028</v>
       </c>
       <c r="B1431" s="1">
-        <v>78785</v>
+        <v>78801</v>
       </c>
       <c r="D1431" t="s">
         <v>3029</v>
       </c>
     </row>
     <row r="1432" spans="1:4">
       <c r="A1432" s="1" t="s">
         <v>3030</v>
       </c>
       <c r="B1432" s="1">
-        <v>78801</v>
+        <v>78850</v>
       </c>
       <c r="D1432" t="s">
         <v>3031</v>
       </c>
     </row>
     <row r="1433" spans="1:4">
       <c r="A1433" s="1" t="s">
         <v>3032</v>
       </c>
       <c r="B1433" s="1">
-        <v>78850</v>
+        <v>81304</v>
       </c>
       <c r="D1433" t="s">
         <v>3033</v>
       </c>
     </row>
     <row r="1434" spans="1:4">
       <c r="A1434" s="1" t="s">
         <v>3034</v>
       </c>
       <c r="B1434" s="1">
-        <v>81304</v>
+        <v>81307</v>
       </c>
       <c r="D1434" t="s">
         <v>3035</v>
       </c>
     </row>
     <row r="1435" spans="1:4">
       <c r="A1435" s="1" t="s">
         <v>3036</v>
       </c>
       <c r="B1435" s="1">
-        <v>81307</v>
+        <v>81320</v>
       </c>
       <c r="D1435" t="s">
         <v>3037</v>
       </c>
     </row>
     <row r="1436" spans="1:4">
       <c r="A1436" s="1" t="s">
         <v>3038</v>
       </c>
       <c r="B1436" s="1">
-        <v>81320</v>
+        <v>81330</v>
       </c>
       <c r="D1436" t="s">
         <v>3039</v>
       </c>
     </row>
     <row r="1437" spans="1:4">
       <c r="A1437" s="1" t="s">
         <v>3040</v>
       </c>
       <c r="B1437" s="1">
-        <v>81330</v>
+        <v>81336</v>
       </c>
       <c r="D1437" t="s">
         <v>3041</v>
       </c>
     </row>
     <row r="1438" spans="1:4">
       <c r="A1438" s="1" t="s">
         <v>3042</v>
       </c>
       <c r="B1438" s="1">
-        <v>81336</v>
+        <v>81374</v>
       </c>
       <c r="D1438" t="s">
         <v>3043</v>
       </c>
     </row>
     <row r="1439" spans="1:4">
       <c r="A1439" s="1" t="s">
         <v>3044</v>
       </c>
       <c r="B1439" s="1">
-        <v>81374</v>
+        <v>78809</v>
       </c>
       <c r="D1439" t="s">
         <v>3045</v>
       </c>
     </row>
     <row r="1440" spans="1:4">
       <c r="A1440" s="1" t="s">
         <v>3046</v>
       </c>
       <c r="B1440" s="1">
-        <v>78809</v>
+        <v>78810</v>
       </c>
       <c r="D1440" t="s">
         <v>3047</v>
       </c>
     </row>
     <row r="1441" spans="1:4">
       <c r="A1441" s="1" t="s">
         <v>3048</v>
       </c>
       <c r="B1441" s="1">
-        <v>78810</v>
+        <v>78811</v>
       </c>
       <c r="D1441" t="s">
         <v>3049</v>
       </c>
     </row>
     <row r="1442" spans="1:4">
       <c r="A1442" s="1" t="s">
         <v>3050</v>
       </c>
       <c r="B1442" s="1">
-        <v>78811</v>
+        <v>78813</v>
       </c>
       <c r="D1442" t="s">
         <v>3051</v>
       </c>
     </row>
     <row r="1443" spans="1:4">
       <c r="A1443" s="1" t="s">
         <v>3052</v>
       </c>
-      <c r="B1443" s="1">
-        <v>78813</v>
+      <c r="B1443" s="1" t="s">
+        <v>3053</v>
       </c>
       <c r="D1443" t="s">
-        <v>3053</v>
+        <v>3054</v>
       </c>
     </row>
     <row r="1444" spans="1:4">
       <c r="A1444" s="1" t="s">
-        <v>3054</v>
+        <v>3055</v>
       </c>
       <c r="B1444" s="1" t="s">
-        <v>3055</v>
+        <v>3056</v>
       </c>
       <c r="D1444" t="s">
-        <v>3056</v>
+        <v>3057</v>
       </c>
     </row>
     <row r="1445" spans="1:4">
       <c r="A1445" s="1" t="s">
-        <v>3057</v>
+        <v>3058</v>
       </c>
       <c r="B1445" s="1" t="s">
-        <v>3058</v>
+        <v>3059</v>
       </c>
       <c r="D1445" t="s">
-        <v>3059</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="1446" spans="1:4">
       <c r="A1446" s="1" t="s">
-        <v>3060</v>
+        <v>3061</v>
       </c>
       <c r="B1446" s="1" t="s">
-        <v>3061</v>
+        <v>3062</v>
       </c>
       <c r="D1446" t="s">
-        <v>3062</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="1447" spans="1:4">
       <c r="A1447" s="1" t="s">
-        <v>3063</v>
+        <v>3064</v>
       </c>
       <c r="B1447" s="1" t="s">
-        <v>3064</v>
+        <v>3065</v>
       </c>
       <c r="D1447" t="s">
-        <v>3065</v>
+        <v>3066</v>
       </c>
     </row>
     <row r="1448" spans="1:4">
       <c r="A1448" s="1" t="s">
-        <v>3066</v>
+        <v>3067</v>
       </c>
       <c r="B1448" s="1" t="s">
-        <v>3067</v>
+        <v>3068</v>
       </c>
       <c r="D1448" t="s">
-        <v>3068</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="1449" spans="1:4">
       <c r="A1449" s="1" t="s">
-        <v>3069</v>
+        <v>3070</v>
       </c>
       <c r="B1449" s="1" t="s">
-        <v>3070</v>
+        <v>3071</v>
       </c>
       <c r="D1449" t="s">
-        <v>3071</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="1450" spans="1:4">
       <c r="A1450" s="1" t="s">
-        <v>3072</v>
+        <v>3073</v>
       </c>
       <c r="B1450" s="1" t="s">
-        <v>3073</v>
+        <v>3074</v>
       </c>
       <c r="D1450" t="s">
-        <v>3074</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="1451" spans="1:4">
       <c r="A1451" s="1" t="s">
-        <v>3075</v>
+        <v>3076</v>
       </c>
       <c r="B1451" s="1" t="s">
-        <v>3076</v>
+        <v>3077</v>
       </c>
       <c r="D1451" t="s">
-        <v>3077</v>
+        <v>3078</v>
       </c>
     </row>
     <row r="1452" spans="1:4">
       <c r="A1452" s="1" t="s">
-        <v>3078</v>
-[...1 lines deleted...]
-      <c r="B1452" s="1" t="s">
         <v>3079</v>
+      </c>
+      <c r="B1452" s="1">
+        <v>11181</v>
       </c>
       <c r="D1452" t="s">
         <v>3080</v>
       </c>
     </row>
     <row r="1453" spans="1:4">
       <c r="A1453" s="1" t="s">
         <v>3081</v>
       </c>
       <c r="B1453" s="1">
-        <v>11181</v>
+        <v>11183</v>
       </c>
       <c r="D1453" t="s">
         <v>3082</v>
       </c>
     </row>
     <row r="1454" spans="1:4">
       <c r="A1454" s="1" t="s">
         <v>3083</v>
       </c>
       <c r="B1454" s="1">
-        <v>11183</v>
+        <v>11185</v>
       </c>
       <c r="D1454" t="s">
         <v>3084</v>
       </c>
     </row>
     <row r="1455" spans="1:4">
       <c r="A1455" s="1" t="s">
         <v>3085</v>
       </c>
       <c r="B1455" s="1">
-        <v>11185</v>
+        <v>11187</v>
       </c>
       <c r="D1455" t="s">
         <v>3086</v>
       </c>
     </row>
     <row r="1456" spans="1:4">
       <c r="A1456" s="1" t="s">
         <v>3087</v>
       </c>
       <c r="B1456" s="1">
-        <v>11187</v>
+        <v>11188</v>
       </c>
       <c r="D1456" t="s">
         <v>3088</v>
       </c>
     </row>
     <row r="1457" spans="1:4">
       <c r="A1457" s="1" t="s">
         <v>3089</v>
       </c>
       <c r="B1457" s="1">
-        <v>11188</v>
+        <v>11190</v>
       </c>
       <c r="D1457" t="s">
         <v>3090</v>
       </c>
     </row>
     <row r="1458" spans="1:4">
       <c r="A1458" s="1" t="s">
         <v>3091</v>
       </c>
       <c r="B1458" s="1">
-        <v>11190</v>
+        <v>11191</v>
       </c>
       <c r="D1458" t="s">
         <v>3092</v>
       </c>
     </row>
     <row r="1459" spans="1:4">
       <c r="A1459" s="1" t="s">
         <v>3093</v>
       </c>
       <c r="B1459" s="1">
-        <v>11191</v>
+        <v>11194</v>
       </c>
       <c r="D1459" t="s">
         <v>3094</v>
       </c>
     </row>
     <row r="1460" spans="1:4">
       <c r="A1460" s="1" t="s">
         <v>3095</v>
       </c>
       <c r="B1460" s="1">
-        <v>11194</v>
+        <v>11196</v>
       </c>
       <c r="D1460" t="s">
         <v>3096</v>
       </c>
     </row>
     <row r="1461" spans="1:4">
       <c r="A1461" s="1" t="s">
         <v>3097</v>
       </c>
       <c r="B1461" s="1">
-        <v>11196</v>
+        <v>11197</v>
       </c>
       <c r="D1461" t="s">
         <v>3098</v>
       </c>
     </row>
     <row r="1462" spans="1:4">
       <c r="A1462" s="1" t="s">
         <v>3099</v>
       </c>
       <c r="B1462" s="1">
-        <v>11197</v>
+        <v>11204</v>
       </c>
       <c r="D1462" t="s">
         <v>3100</v>
       </c>
     </row>
     <row r="1463" spans="1:4">
       <c r="A1463" s="1" t="s">
         <v>3101</v>
       </c>
       <c r="B1463" s="1">
-        <v>11204</v>
+        <v>11205</v>
       </c>
       <c r="D1463" t="s">
         <v>3102</v>
       </c>
     </row>
     <row r="1464" spans="1:4">
       <c r="A1464" s="1" t="s">
         <v>3103</v>
       </c>
       <c r="B1464" s="1">
-        <v>11205</v>
+        <v>11206</v>
       </c>
       <c r="D1464" t="s">
         <v>3104</v>
       </c>
     </row>
     <row r="1465" spans="1:4">
       <c r="A1465" s="1" t="s">
         <v>3105</v>
       </c>
       <c r="B1465" s="1">
-        <v>11206</v>
+        <v>11211</v>
       </c>
       <c r="D1465" t="s">
         <v>3106</v>
       </c>
     </row>
     <row r="1466" spans="1:4">
       <c r="A1466" s="1" t="s">
         <v>3107</v>
       </c>
       <c r="B1466" s="1">
-        <v>11211</v>
+        <v>11212</v>
       </c>
       <c r="D1466" t="s">
         <v>3108</v>
       </c>
     </row>
     <row r="1467" spans="1:4">
       <c r="A1467" s="1" t="s">
         <v>3109</v>
       </c>
       <c r="B1467" s="1">
-        <v>11212</v>
+        <v>11213</v>
       </c>
       <c r="D1467" t="s">
         <v>3110</v>
       </c>
     </row>
     <row r="1468" spans="1:4">
       <c r="A1468" s="1" t="s">
         <v>3111</v>
       </c>
       <c r="B1468" s="1">
-        <v>11213</v>
+        <v>11217</v>
       </c>
       <c r="D1468" t="s">
         <v>3112</v>
       </c>
     </row>
     <row r="1469" spans="1:4">
       <c r="A1469" s="1" t="s">
         <v>3113</v>
       </c>
       <c r="B1469" s="1">
-        <v>11217</v>
+        <v>11218</v>
       </c>
       <c r="D1469" t="s">
         <v>3114</v>
       </c>
     </row>
     <row r="1470" spans="1:4">
       <c r="A1470" s="1" t="s">
         <v>3115</v>
       </c>
       <c r="B1470" s="1">
-        <v>11218</v>
+        <v>11219</v>
       </c>
       <c r="D1470" t="s">
         <v>3116</v>
       </c>
     </row>
     <row r="1471" spans="1:4">
       <c r="A1471" s="1" t="s">
         <v>3117</v>
       </c>
       <c r="B1471" s="1">
-        <v>11219</v>
+        <v>11224</v>
       </c>
       <c r="D1471" t="s">
         <v>3118</v>
       </c>
     </row>
     <row r="1472" spans="1:4">
       <c r="A1472" s="1" t="s">
         <v>3119</v>
       </c>
       <c r="B1472" s="1">
-        <v>11224</v>
+        <v>11225</v>
       </c>
       <c r="D1472" t="s">
         <v>3120</v>
       </c>
     </row>
     <row r="1473" spans="1:4">
       <c r="A1473" s="1" t="s">
         <v>3121</v>
       </c>
       <c r="B1473" s="1">
-        <v>11225</v>
+        <v>11226</v>
       </c>
       <c r="D1473" t="s">
         <v>3122</v>
       </c>
     </row>
     <row r="1474" spans="1:4">
       <c r="A1474" s="1" t="s">
         <v>3123</v>
       </c>
       <c r="B1474" s="1">
-        <v>11226</v>
+        <v>11227</v>
       </c>
       <c r="D1474" t="s">
         <v>3124</v>
       </c>
     </row>
     <row r="1475" spans="1:4">
       <c r="A1475" s="1" t="s">
         <v>3125</v>
       </c>
       <c r="B1475" s="1">
-        <v>11227</v>
+        <v>11228</v>
       </c>
       <c r="D1475" t="s">
         <v>3126</v>
       </c>
     </row>
     <row r="1476" spans="1:4">
       <c r="A1476" s="1" t="s">
         <v>3127</v>
       </c>
       <c r="B1476" s="1">
-        <v>11228</v>
+        <v>11229</v>
       </c>
       <c r="D1476" t="s">
         <v>3128</v>
       </c>
     </row>
     <row r="1477" spans="1:4">
       <c r="A1477" s="1" t="s">
         <v>3129</v>
       </c>
       <c r="B1477" s="1">
-        <v>11229</v>
+        <v>11234</v>
       </c>
       <c r="D1477" t="s">
         <v>3130</v>
       </c>
     </row>
     <row r="1478" spans="1:4">
       <c r="A1478" s="1" t="s">
         <v>3131</v>
       </c>
       <c r="B1478" s="1">
-        <v>11234</v>
+        <v>11235</v>
       </c>
       <c r="D1478" t="s">
         <v>3132</v>
       </c>
     </row>
     <row r="1479" spans="1:4">
       <c r="A1479" s="1" t="s">
         <v>3133</v>
       </c>
       <c r="B1479" s="1">
-        <v>11235</v>
+        <v>11236</v>
       </c>
       <c r="D1479" t="s">
         <v>3134</v>
       </c>
     </row>
     <row r="1480" spans="1:4">
       <c r="A1480" s="1" t="s">
         <v>3135</v>
       </c>
       <c r="B1480" s="1">
-        <v>11236</v>
+        <v>11237</v>
       </c>
       <c r="D1480" t="s">
         <v>3136</v>
       </c>
     </row>
     <row r="1481" spans="1:4">
       <c r="A1481" s="1" t="s">
         <v>3137</v>
       </c>
       <c r="B1481" s="1">
-        <v>11237</v>
+        <v>11238</v>
       </c>
       <c r="D1481" t="s">
         <v>3138</v>
       </c>
     </row>
     <row r="1482" spans="1:4">
       <c r="A1482" s="1" t="s">
         <v>3139</v>
       </c>
       <c r="B1482" s="1">
-        <v>11238</v>
+        <v>11239</v>
       </c>
       <c r="D1482" t="s">
         <v>3140</v>
       </c>
     </row>
     <row r="1483" spans="1:4">
       <c r="A1483" s="1" t="s">
         <v>3141</v>
       </c>
       <c r="B1483" s="1">
-        <v>11239</v>
+        <v>11247</v>
       </c>
       <c r="D1483" t="s">
         <v>3142</v>
       </c>
     </row>
     <row r="1484" spans="1:4">
       <c r="A1484" s="1" t="s">
         <v>3143</v>
       </c>
       <c r="B1484" s="1">
-        <v>11247</v>
+        <v>11248</v>
       </c>
       <c r="D1484" t="s">
         <v>3144</v>
       </c>
     </row>
     <row r="1485" spans="1:4">
       <c r="A1485" s="1" t="s">
         <v>3145</v>
       </c>
       <c r="B1485" s="1">
-        <v>11248</v>
+        <v>11249</v>
       </c>
       <c r="D1485" t="s">
         <v>3146</v>
       </c>
     </row>
     <row r="1486" spans="1:4">
       <c r="A1486" s="1" t="s">
         <v>3147</v>
       </c>
       <c r="B1486" s="1">
-        <v>11249</v>
+        <v>11251</v>
       </c>
       <c r="D1486" t="s">
         <v>3148</v>
       </c>
     </row>
     <row r="1487" spans="1:4">
       <c r="A1487" s="1" t="s">
         <v>3149</v>
       </c>
       <c r="B1487" s="1">
-        <v>11251</v>
+        <v>11252</v>
       </c>
       <c r="D1487" t="s">
         <v>3150</v>
       </c>
     </row>
     <row r="1488" spans="1:4">
       <c r="A1488" s="1" t="s">
         <v>3151</v>
       </c>
       <c r="B1488" s="1">
-        <v>11252</v>
+        <v>11253</v>
       </c>
       <c r="D1488" t="s">
         <v>3152</v>
       </c>
     </row>
     <row r="1489" spans="1:4">
       <c r="A1489" s="1" t="s">
         <v>3153</v>
       </c>
       <c r="B1489" s="1">
-        <v>11253</v>
+        <v>11254</v>
       </c>
       <c r="D1489" t="s">
         <v>3154</v>
       </c>
     </row>
     <row r="1490" spans="1:4">
       <c r="A1490" s="1" t="s">
         <v>3155</v>
       </c>
       <c r="B1490" s="1">
-        <v>11254</v>
+        <v>11255</v>
       </c>
       <c r="D1490" t="s">
         <v>3156</v>
       </c>
     </row>
     <row r="1491" spans="1:4">
       <c r="A1491" s="1" t="s">
         <v>3157</v>
       </c>
       <c r="B1491" s="1">
-        <v>11255</v>
+        <v>11256</v>
       </c>
       <c r="D1491" t="s">
         <v>3158</v>
       </c>
     </row>
     <row r="1492" spans="1:4">
       <c r="A1492" s="1" t="s">
         <v>3159</v>
       </c>
       <c r="B1492" s="1">
-        <v>11256</v>
+        <v>11281</v>
       </c>
       <c r="D1492" t="s">
         <v>3160</v>
       </c>
     </row>
     <row r="1493" spans="1:4">
       <c r="A1493" s="1" t="s">
         <v>3161</v>
       </c>
       <c r="B1493" s="1">
-        <v>11281</v>
+        <v>11283</v>
       </c>
       <c r="D1493" t="s">
         <v>3162</v>
       </c>
     </row>
     <row r="1494" spans="1:4">
       <c r="A1494" s="1" t="s">
         <v>3163</v>
       </c>
       <c r="B1494" s="1">
-        <v>11283</v>
+        <v>11285</v>
       </c>
       <c r="D1494" t="s">
         <v>3164</v>
       </c>
     </row>
     <row r="1495" spans="1:4">
       <c r="A1495" s="1" t="s">
         <v>3165</v>
       </c>
       <c r="B1495" s="1">
-        <v>11285</v>
+        <v>11287</v>
       </c>
       <c r="D1495" t="s">
         <v>3166</v>
       </c>
     </row>
     <row r="1496" spans="1:4">
       <c r="A1496" s="1" t="s">
         <v>3167</v>
       </c>
       <c r="B1496" s="1">
-        <v>11287</v>
+        <v>11288</v>
       </c>
       <c r="D1496" t="s">
         <v>3168</v>
       </c>
     </row>
     <row r="1497" spans="1:4">
       <c r="A1497" s="1" t="s">
         <v>3169</v>
       </c>
       <c r="B1497" s="1">
-        <v>11288</v>
+        <v>11290</v>
       </c>
       <c r="D1497" t="s">
         <v>3170</v>
       </c>
     </row>
     <row r="1498" spans="1:4">
       <c r="A1498" s="1" t="s">
         <v>3171</v>
       </c>
       <c r="B1498" s="1">
-        <v>11290</v>
+        <v>11291</v>
       </c>
       <c r="D1498" t="s">
         <v>3172</v>
       </c>
     </row>
     <row r="1499" spans="1:4">
       <c r="A1499" s="1" t="s">
         <v>3173</v>
       </c>
       <c r="B1499" s="1">
-        <v>11291</v>
+        <v>11294</v>
       </c>
       <c r="D1499" t="s">
         <v>3174</v>
       </c>
     </row>
     <row r="1500" spans="1:4">
       <c r="A1500" s="1" t="s">
         <v>3175</v>
       </c>
       <c r="B1500" s="1">
-        <v>11294</v>
+        <v>11296</v>
       </c>
       <c r="D1500" t="s">
         <v>3176</v>
       </c>
     </row>
     <row r="1501" spans="1:4">
       <c r="A1501" s="1" t="s">
         <v>3177</v>
       </c>
       <c r="B1501" s="1">
-        <v>11296</v>
+        <v>11297</v>
       </c>
       <c r="D1501" t="s">
         <v>3178</v>
       </c>
     </row>
     <row r="1502" spans="1:4">
       <c r="A1502" s="1" t="s">
         <v>3179</v>
       </c>
       <c r="B1502" s="1">
-        <v>11297</v>
+        <v>13822</v>
       </c>
       <c r="D1502" t="s">
         <v>3180</v>
       </c>
     </row>
     <row r="1503" spans="1:4">
       <c r="A1503" s="1" t="s">
         <v>3181</v>
       </c>
       <c r="B1503" s="1">
-        <v>13822</v>
+        <v>20164</v>
       </c>
       <c r="D1503" t="s">
         <v>3182</v>
       </c>
     </row>
     <row r="1504" spans="1:4">
       <c r="A1504" s="1" t="s">
         <v>3183</v>
       </c>
       <c r="B1504" s="1">
-        <v>20164</v>
+        <v>21422</v>
       </c>
       <c r="D1504" t="s">
         <v>3184</v>
       </c>
     </row>
     <row r="1505" spans="1:4">
       <c r="A1505" s="1" t="s">
         <v>3185</v>
       </c>
       <c r="B1505" s="1">
-        <v>21422</v>
+        <v>21814</v>
       </c>
       <c r="D1505" t="s">
         <v>3186</v>
       </c>
     </row>
     <row r="1506" spans="1:4">
       <c r="A1506" s="1" t="s">
         <v>3187</v>
       </c>
       <c r="B1506" s="1">
-        <v>21814</v>
+        <v>21820</v>
       </c>
       <c r="D1506" t="s">
         <v>3188</v>
       </c>
     </row>
     <row r="1507" spans="1:4">
       <c r="A1507" s="1" t="s">
         <v>3189</v>
       </c>
       <c r="B1507" s="1">
-        <v>21820</v>
+        <v>21837</v>
       </c>
       <c r="D1507" t="s">
         <v>3190</v>
       </c>
     </row>
     <row r="1508" spans="1:4">
       <c r="A1508" s="1" t="s">
         <v>3191</v>
       </c>
       <c r="B1508" s="1">
-        <v>21837</v>
+        <v>21839</v>
       </c>
       <c r="D1508" t="s">
         <v>3192</v>
       </c>
     </row>
     <row r="1509" spans="1:4">
       <c r="A1509" s="1" t="s">
         <v>3193</v>
       </c>
       <c r="B1509" s="1">
-        <v>21839</v>
+        <v>21840</v>
       </c>
       <c r="D1509" t="s">
         <v>3194</v>
       </c>
     </row>
     <row r="1510" spans="1:4">
       <c r="A1510" s="1" t="s">
         <v>3195</v>
       </c>
       <c r="B1510" s="1">
-        <v>21840</v>
+        <v>21842</v>
       </c>
       <c r="D1510" t="s">
         <v>3196</v>
       </c>
     </row>
     <row r="1511" spans="1:4">
       <c r="A1511" s="1" t="s">
         <v>3197</v>
       </c>
       <c r="B1511" s="1">
-        <v>21842</v>
+        <v>21864</v>
       </c>
       <c r="D1511" t="s">
         <v>3198</v>
       </c>
     </row>
     <row r="1512" spans="1:4">
       <c r="A1512" s="1" t="s">
         <v>3199</v>
       </c>
       <c r="B1512" s="1">
-        <v>21864</v>
+        <v>31001</v>
       </c>
       <c r="D1512" t="s">
         <v>3200</v>
       </c>
     </row>
     <row r="1513" spans="1:4">
       <c r="A1513" s="1" t="s">
         <v>3201</v>
       </c>
       <c r="B1513" s="1">
-        <v>31001</v>
+        <v>31006</v>
       </c>
       <c r="D1513" t="s">
         <v>3202</v>
       </c>
     </row>
     <row r="1514" spans="1:4">
       <c r="A1514" s="1" t="s">
         <v>3203</v>
       </c>
       <c r="B1514" s="1">
-        <v>31006</v>
+        <v>31007</v>
       </c>
       <c r="D1514" t="s">
         <v>3204</v>
       </c>
     </row>
     <row r="1515" spans="1:4">
       <c r="A1515" s="1" t="s">
         <v>3205</v>
       </c>
       <c r="B1515" s="1">
-        <v>31007</v>
+        <v>31008</v>
       </c>
       <c r="D1515" t="s">
         <v>3206</v>
       </c>
     </row>
     <row r="1516" spans="1:4">
       <c r="A1516" s="1" t="s">
         <v>3207</v>
       </c>
       <c r="B1516" s="1">
-        <v>31008</v>
+        <v>31009</v>
       </c>
       <c r="D1516" t="s">
         <v>3208</v>
       </c>
     </row>
     <row r="1517" spans="1:4">
       <c r="A1517" s="1" t="s">
         <v>3209</v>
       </c>
       <c r="B1517" s="1">
-        <v>31009</v>
+        <v>31010</v>
       </c>
       <c r="D1517" t="s">
         <v>3210</v>
       </c>
     </row>
     <row r="1518" spans="1:4">
       <c r="A1518" s="1" t="s">
         <v>3211</v>
       </c>
       <c r="B1518" s="1">
-        <v>31010</v>
+        <v>31012</v>
       </c>
       <c r="D1518" t="s">
         <v>3212</v>
       </c>
     </row>
     <row r="1519" spans="1:4">
       <c r="A1519" s="1" t="s">
         <v>3213</v>
       </c>
       <c r="B1519" s="1">
-        <v>31012</v>
+        <v>31019</v>
       </c>
       <c r="D1519" t="s">
         <v>3214</v>
       </c>
     </row>
     <row r="1520" spans="1:4">
       <c r="A1520" s="1" t="s">
         <v>3215</v>
       </c>
       <c r="B1520" s="1">
-        <v>31019</v>
+        <v>31022</v>
       </c>
       <c r="D1520" t="s">
         <v>3216</v>
       </c>
     </row>
     <row r="1521" spans="1:4">
       <c r="A1521" s="1" t="s">
         <v>3217</v>
       </c>
       <c r="B1521" s="1">
-        <v>31022</v>
+        <v>31027</v>
       </c>
       <c r="D1521" t="s">
         <v>3218</v>
       </c>
     </row>
     <row r="1522" spans="1:4">
       <c r="A1522" s="1" t="s">
         <v>3219</v>
       </c>
       <c r="B1522" s="1">
-        <v>31027</v>
+        <v>31028</v>
       </c>
       <c r="D1522" t="s">
         <v>3220</v>
       </c>
     </row>
     <row r="1523" spans="1:4">
       <c r="A1523" s="1" t="s">
         <v>3221</v>
       </c>
       <c r="B1523" s="1">
-        <v>31028</v>
+        <v>31043</v>
       </c>
       <c r="D1523" t="s">
         <v>3222</v>
       </c>
     </row>
     <row r="1524" spans="1:4">
       <c r="A1524" s="1" t="s">
         <v>3223</v>
       </c>
       <c r="B1524" s="1">
-        <v>31043</v>
+        <v>31049</v>
       </c>
       <c r="D1524" t="s">
         <v>3224</v>
       </c>
     </row>
     <row r="1525" spans="1:4">
       <c r="A1525" s="1" t="s">
         <v>3225</v>
       </c>
       <c r="B1525" s="1">
-        <v>31049</v>
+        <v>31051</v>
       </c>
       <c r="D1525" t="s">
         <v>3226</v>
       </c>
     </row>
     <row r="1526" spans="1:4">
       <c r="A1526" s="1" t="s">
         <v>3227</v>
       </c>
       <c r="B1526" s="1">
-        <v>31051</v>
+        <v>31059</v>
       </c>
       <c r="D1526" t="s">
         <v>3228</v>
       </c>
     </row>
     <row r="1527" spans="1:4">
       <c r="A1527" s="1" t="s">
         <v>3229</v>
       </c>
       <c r="B1527" s="1">
-        <v>31059</v>
+        <v>31063</v>
       </c>
       <c r="D1527" t="s">
         <v>3230</v>
       </c>
     </row>
     <row r="1528" spans="1:4">
       <c r="A1528" s="1" t="s">
         <v>3231</v>
       </c>
       <c r="B1528" s="1">
-        <v>31063</v>
+        <v>31066</v>
       </c>
       <c r="D1528" t="s">
         <v>3232</v>
       </c>
     </row>
     <row r="1529" spans="1:4">
       <c r="A1529" s="1" t="s">
         <v>3233</v>
       </c>
       <c r="B1529" s="1">
-        <v>31066</v>
+        <v>31076</v>
       </c>
       <c r="D1529" t="s">
         <v>3234</v>
       </c>
     </row>
     <row r="1530" spans="1:4">
       <c r="A1530" s="1" t="s">
         <v>3235</v>
       </c>
       <c r="B1530" s="1">
-        <v>31076</v>
+        <v>31079</v>
       </c>
       <c r="D1530" t="s">
         <v>3236</v>
       </c>
     </row>
     <row r="1531" spans="1:4">
       <c r="A1531" s="1" t="s">
         <v>3237</v>
       </c>
       <c r="B1531" s="1">
-        <v>31079</v>
+        <v>31084</v>
       </c>
       <c r="D1531" t="s">
         <v>3238</v>
       </c>
     </row>
     <row r="1532" spans="1:4">
       <c r="A1532" s="1" t="s">
         <v>3239</v>
       </c>
       <c r="B1532" s="1">
-        <v>31084</v>
+        <v>31088</v>
       </c>
       <c r="D1532" t="s">
         <v>3240</v>
       </c>
     </row>
     <row r="1533" spans="1:4">
       <c r="A1533" s="1" t="s">
         <v>3241</v>
       </c>
       <c r="B1533" s="1">
-        <v>31088</v>
+        <v>31090</v>
       </c>
       <c r="D1533" t="s">
         <v>3242</v>
       </c>
     </row>
     <row r="1534" spans="1:4">
       <c r="A1534" s="1" t="s">
         <v>3243</v>
       </c>
       <c r="B1534" s="1">
-        <v>31090</v>
+        <v>31101</v>
       </c>
       <c r="D1534" t="s">
         <v>3244</v>
       </c>
     </row>
     <row r="1535" spans="1:4">
       <c r="A1535" s="1" t="s">
         <v>3245</v>
       </c>
       <c r="B1535" s="1">
-        <v>31101</v>
+        <v>31106</v>
       </c>
       <c r="D1535" t="s">
         <v>3246</v>
       </c>
     </row>
     <row r="1536" spans="1:4">
       <c r="A1536" s="1" t="s">
         <v>3247</v>
       </c>
       <c r="B1536" s="1">
-        <v>31106</v>
+        <v>31107</v>
       </c>
       <c r="D1536" t="s">
         <v>3248</v>
       </c>
     </row>
     <row r="1537" spans="1:4">
       <c r="A1537" s="1" t="s">
         <v>3249</v>
       </c>
       <c r="B1537" s="1">
-        <v>31107</v>
+        <v>31108</v>
       </c>
       <c r="D1537" t="s">
         <v>3250</v>
       </c>
     </row>
     <row r="1538" spans="1:4">
       <c r="A1538" s="1" t="s">
         <v>3251</v>
       </c>
       <c r="B1538" s="1">
-        <v>31108</v>
+        <v>31109</v>
       </c>
       <c r="D1538" t="s">
         <v>3252</v>
       </c>
     </row>
     <row r="1539" spans="1:4">
       <c r="A1539" s="1" t="s">
         <v>3253</v>
       </c>
       <c r="B1539" s="1">
-        <v>31109</v>
+        <v>31110</v>
       </c>
       <c r="D1539" t="s">
         <v>3254</v>
       </c>
     </row>
     <row r="1540" spans="1:4">
       <c r="A1540" s="1" t="s">
         <v>3255</v>
       </c>
       <c r="B1540" s="1">
-        <v>31110</v>
+        <v>31112</v>
       </c>
       <c r="D1540" t="s">
         <v>3256</v>
       </c>
     </row>
     <row r="1541" spans="1:4">
       <c r="A1541" s="1" t="s">
         <v>3257</v>
       </c>
       <c r="B1541" s="1">
-        <v>31112</v>
+        <v>31119</v>
       </c>
       <c r="D1541" t="s">
         <v>3258</v>
       </c>
     </row>
     <row r="1542" spans="1:4">
       <c r="A1542" s="1" t="s">
         <v>3259</v>
       </c>
       <c r="B1542" s="1">
-        <v>31119</v>
+        <v>31121</v>
       </c>
       <c r="D1542" t="s">
         <v>3260</v>
       </c>
     </row>
     <row r="1543" spans="1:4">
       <c r="A1543" s="1" t="s">
         <v>3261</v>
       </c>
       <c r="B1543" s="1">
-        <v>31121</v>
+        <v>31127</v>
       </c>
       <c r="D1543" t="s">
         <v>3262</v>
       </c>
     </row>
     <row r="1544" spans="1:4">
       <c r="A1544" s="1" t="s">
         <v>3263</v>
       </c>
       <c r="B1544" s="1">
-        <v>31127</v>
+        <v>31128</v>
       </c>
       <c r="D1544" t="s">
         <v>3264</v>
       </c>
     </row>
     <row r="1545" spans="1:4">
       <c r="A1545" s="1" t="s">
         <v>3265</v>
       </c>
       <c r="B1545" s="1">
-        <v>31128</v>
+        <v>31132</v>
       </c>
       <c r="D1545" t="s">
         <v>3266</v>
       </c>
     </row>
     <row r="1546" spans="1:4">
       <c r="A1546" s="1" t="s">
         <v>3267</v>
       </c>
       <c r="B1546" s="1">
-        <v>31132</v>
+        <v>31143</v>
       </c>
       <c r="D1546" t="s">
         <v>3268</v>
       </c>
     </row>
     <row r="1547" spans="1:4">
       <c r="A1547" s="1" t="s">
         <v>3269</v>
       </c>
       <c r="B1547" s="1">
-        <v>31143</v>
+        <v>31149</v>
       </c>
       <c r="D1547" t="s">
         <v>3270</v>
       </c>
     </row>
     <row r="1548" spans="1:4">
       <c r="A1548" s="1" t="s">
         <v>3271</v>
       </c>
       <c r="B1548" s="1">
-        <v>31149</v>
+        <v>31151</v>
       </c>
       <c r="D1548" t="s">
         <v>3272</v>
       </c>
     </row>
     <row r="1549" spans="1:4">
       <c r="A1549" s="1" t="s">
         <v>3273</v>
       </c>
       <c r="B1549" s="1">
-        <v>31151</v>
+        <v>31155</v>
       </c>
       <c r="D1549" t="s">
         <v>3274</v>
       </c>
     </row>
     <row r="1550" spans="1:4">
       <c r="A1550" s="1" t="s">
         <v>3275</v>
       </c>
       <c r="B1550" s="1">
-        <v>31155</v>
+        <v>31159</v>
       </c>
       <c r="D1550" t="s">
         <v>3276</v>
       </c>
     </row>
     <row r="1551" spans="1:4">
       <c r="A1551" s="1" t="s">
         <v>3277</v>
       </c>
       <c r="B1551" s="1">
-        <v>31159</v>
+        <v>31163</v>
       </c>
       <c r="D1551" t="s">
         <v>3278</v>
       </c>
     </row>
     <row r="1552" spans="1:4">
       <c r="A1552" s="1" t="s">
         <v>3279</v>
       </c>
       <c r="B1552" s="1">
-        <v>31163</v>
+        <v>31166</v>
       </c>
       <c r="D1552" t="s">
         <v>3280</v>
       </c>
     </row>
     <row r="1553" spans="1:4">
       <c r="A1553" s="1" t="s">
         <v>3281</v>
       </c>
       <c r="B1553" s="1">
-        <v>31166</v>
+        <v>31176</v>
       </c>
       <c r="D1553" t="s">
         <v>3282</v>
       </c>
     </row>
     <row r="1554" spans="1:4">
       <c r="A1554" s="1" t="s">
         <v>3283</v>
       </c>
       <c r="B1554" s="1">
-        <v>31176</v>
+        <v>31179</v>
       </c>
       <c r="D1554" t="s">
         <v>3284</v>
       </c>
     </row>
     <row r="1555" spans="1:4">
       <c r="A1555" s="1" t="s">
         <v>3285</v>
       </c>
       <c r="B1555" s="1">
-        <v>31179</v>
+        <v>31184</v>
       </c>
       <c r="D1555" t="s">
         <v>3286</v>
       </c>
     </row>
     <row r="1556" spans="1:4">
       <c r="A1556" s="1" t="s">
         <v>3287</v>
       </c>
       <c r="B1556" s="1">
-        <v>31184</v>
+        <v>31188</v>
       </c>
       <c r="D1556" t="s">
         <v>3288</v>
       </c>
     </row>
     <row r="1557" spans="1:4">
       <c r="A1557" s="1" t="s">
         <v>3289</v>
       </c>
       <c r="B1557" s="1">
-        <v>31188</v>
+        <v>31190</v>
       </c>
       <c r="D1557" t="s">
         <v>3290</v>
       </c>
     </row>
     <row r="1558" spans="1:4">
       <c r="A1558" s="1" t="s">
         <v>3291</v>
       </c>
       <c r="B1558" s="1">
-        <v>31190</v>
+        <v>31201</v>
       </c>
       <c r="D1558" t="s">
         <v>3292</v>
       </c>
     </row>
     <row r="1559" spans="1:4">
       <c r="A1559" s="1" t="s">
         <v>3293</v>
       </c>
       <c r="B1559" s="1">
-        <v>31201</v>
+        <v>31206</v>
       </c>
       <c r="D1559" t="s">
         <v>3294</v>
       </c>
     </row>
     <row r="1560" spans="1:4">
       <c r="A1560" s="1" t="s">
         <v>3295</v>
       </c>
       <c r="B1560" s="1">
-        <v>31206</v>
+        <v>31207</v>
       </c>
       <c r="D1560" t="s">
         <v>3296</v>
       </c>
     </row>
     <row r="1561" spans="1:4">
       <c r="A1561" s="1" t="s">
         <v>3297</v>
       </c>
       <c r="B1561" s="1">
-        <v>31207</v>
+        <v>31208</v>
       </c>
       <c r="D1561" t="s">
         <v>3298</v>
       </c>
     </row>
     <row r="1562" spans="1:4">
       <c r="A1562" s="1" t="s">
         <v>3299</v>
       </c>
       <c r="B1562" s="1">
-        <v>31208</v>
+        <v>31209</v>
       </c>
       <c r="D1562" t="s">
         <v>3300</v>
       </c>
     </row>
     <row r="1563" spans="1:4">
       <c r="A1563" s="1" t="s">
         <v>3301</v>
       </c>
       <c r="B1563" s="1">
-        <v>31209</v>
+        <v>31210</v>
       </c>
       <c r="D1563" t="s">
         <v>3302</v>
       </c>
     </row>
     <row r="1564" spans="1:4">
       <c r="A1564" s="1" t="s">
         <v>3303</v>
       </c>
       <c r="B1564" s="1">
-        <v>31210</v>
+        <v>31212</v>
       </c>
       <c r="D1564" t="s">
         <v>3304</v>
       </c>
     </row>
     <row r="1565" spans="1:4">
       <c r="A1565" s="1" t="s">
         <v>3305</v>
       </c>
       <c r="B1565" s="1">
-        <v>31212</v>
+        <v>31219</v>
       </c>
       <c r="D1565" t="s">
         <v>3306</v>
       </c>
     </row>
     <row r="1566" spans="1:4">
       <c r="A1566" s="1" t="s">
         <v>3307</v>
       </c>
       <c r="B1566" s="1">
-        <v>31219</v>
+        <v>31222</v>
       </c>
       <c r="D1566" t="s">
         <v>3308</v>
       </c>
     </row>
     <row r="1567" spans="1:4">
       <c r="A1567" s="1" t="s">
         <v>3309</v>
       </c>
       <c r="B1567" s="1">
-        <v>31222</v>
+        <v>31227</v>
       </c>
       <c r="D1567" t="s">
         <v>3310</v>
       </c>
     </row>
     <row r="1568" spans="1:4">
       <c r="A1568" s="1" t="s">
         <v>3311</v>
       </c>
       <c r="B1568" s="1">
-        <v>31227</v>
+        <v>31228</v>
       </c>
       <c r="D1568" t="s">
         <v>3312</v>
       </c>
     </row>
     <row r="1569" spans="1:4">
       <c r="A1569" s="1" t="s">
         <v>3313</v>
       </c>
       <c r="B1569" s="1">
-        <v>31228</v>
+        <v>31243</v>
       </c>
       <c r="D1569" t="s">
         <v>3314</v>
       </c>
     </row>
     <row r="1570" spans="1:4">
       <c r="A1570" s="1" t="s">
         <v>3315</v>
       </c>
       <c r="B1570" s="1">
-        <v>31243</v>
+        <v>31249</v>
       </c>
       <c r="D1570" t="s">
         <v>3316</v>
       </c>
     </row>
     <row r="1571" spans="1:4">
       <c r="A1571" s="1" t="s">
         <v>3317</v>
       </c>
       <c r="B1571" s="1">
-        <v>31249</v>
+        <v>31251</v>
       </c>
       <c r="D1571" t="s">
         <v>3318</v>
       </c>
     </row>
     <row r="1572" spans="1:4">
       <c r="A1572" s="1" t="s">
         <v>3319</v>
       </c>
       <c r="B1572" s="1">
-        <v>31251</v>
+        <v>31259</v>
       </c>
       <c r="D1572" t="s">
         <v>3320</v>
       </c>
     </row>
     <row r="1573" spans="1:4">
       <c r="A1573" s="1" t="s">
         <v>3321</v>
       </c>
       <c r="B1573" s="1">
-        <v>31259</v>
+        <v>31263</v>
       </c>
       <c r="D1573" t="s">
         <v>3322</v>
       </c>
     </row>
     <row r="1574" spans="1:4">
       <c r="A1574" s="1" t="s">
         <v>3323</v>
       </c>
       <c r="B1574" s="1">
-        <v>31263</v>
+        <v>31276</v>
       </c>
       <c r="D1574" t="s">
         <v>3324</v>
       </c>
     </row>
     <row r="1575" spans="1:4">
       <c r="A1575" s="1" t="s">
         <v>3325</v>
       </c>
       <c r="B1575" s="1">
-        <v>31276</v>
+        <v>31279</v>
       </c>
       <c r="D1575" t="s">
         <v>3326</v>
       </c>
     </row>
     <row r="1576" spans="1:4">
       <c r="A1576" s="1" t="s">
         <v>3327</v>
       </c>
       <c r="B1576" s="1">
-        <v>31279</v>
+        <v>31284</v>
       </c>
       <c r="D1576" t="s">
         <v>3328</v>
       </c>
     </row>
     <row r="1577" spans="1:4">
       <c r="A1577" s="1" t="s">
         <v>3329</v>
       </c>
       <c r="B1577" s="1">
-        <v>31284</v>
+        <v>31288</v>
       </c>
       <c r="D1577" t="s">
         <v>3330</v>
       </c>
     </row>
     <row r="1578" spans="1:4">
       <c r="A1578" s="1" t="s">
         <v>3331</v>
       </c>
       <c r="B1578" s="1">
-        <v>31288</v>
+        <v>31290</v>
       </c>
       <c r="D1578" t="s">
         <v>3332</v>
       </c>
     </row>
     <row r="1579" spans="1:4">
       <c r="A1579" s="1" t="s">
         <v>3333</v>
       </c>
       <c r="B1579" s="1">
-        <v>31290</v>
+        <v>31301</v>
       </c>
       <c r="D1579" t="s">
         <v>3334</v>
       </c>
     </row>
     <row r="1580" spans="1:4">
       <c r="A1580" s="1" t="s">
         <v>3335</v>
       </c>
       <c r="B1580" s="1">
-        <v>31301</v>
+        <v>31306</v>
       </c>
       <c r="D1580" t="s">
         <v>3336</v>
       </c>
     </row>
     <row r="1581" spans="1:4">
       <c r="A1581" s="1" t="s">
         <v>3337</v>
       </c>
       <c r="B1581" s="1">
-        <v>31306</v>
+        <v>31307</v>
       </c>
       <c r="D1581" t="s">
         <v>3338</v>
       </c>
     </row>
     <row r="1582" spans="1:4">
       <c r="A1582" s="1" t="s">
         <v>3339</v>
       </c>
       <c r="B1582" s="1">
-        <v>31307</v>
+        <v>31308</v>
       </c>
       <c r="D1582" t="s">
         <v>3340</v>
       </c>
     </row>
     <row r="1583" spans="1:4">
       <c r="A1583" s="1" t="s">
         <v>3341</v>
       </c>
       <c r="B1583" s="1">
-        <v>31308</v>
+        <v>31309</v>
       </c>
       <c r="D1583" t="s">
         <v>3342</v>
       </c>
     </row>
     <row r="1584" spans="1:4">
       <c r="A1584" s="1" t="s">
         <v>3343</v>
       </c>
       <c r="B1584" s="1">
-        <v>31309</v>
+        <v>31310</v>
       </c>
       <c r="D1584" t="s">
         <v>3344</v>
       </c>
     </row>
     <row r="1585" spans="1:4">
       <c r="A1585" s="1" t="s">
         <v>3345</v>
       </c>
       <c r="B1585" s="1">
-        <v>31310</v>
+        <v>31312</v>
       </c>
       <c r="D1585" t="s">
         <v>3346</v>
       </c>
     </row>
     <row r="1586" spans="1:4">
       <c r="A1586" s="1" t="s">
         <v>3347</v>
       </c>
       <c r="B1586" s="1">
-        <v>31312</v>
+        <v>31319</v>
       </c>
       <c r="D1586" t="s">
         <v>3348</v>
       </c>
     </row>
     <row r="1587" spans="1:4">
       <c r="A1587" s="1" t="s">
         <v>3349</v>
       </c>
       <c r="B1587" s="1">
-        <v>31319</v>
+        <v>31322</v>
       </c>
       <c r="D1587" t="s">
         <v>3350</v>
       </c>
     </row>
     <row r="1588" spans="1:4">
       <c r="A1588" s="1" t="s">
         <v>3351</v>
       </c>
       <c r="B1588" s="1">
-        <v>31322</v>
+        <v>31327</v>
       </c>
       <c r="D1588" t="s">
         <v>3352</v>
       </c>
     </row>
     <row r="1589" spans="1:4">
       <c r="A1589" s="1" t="s">
         <v>3353</v>
       </c>
       <c r="B1589" s="1">
-        <v>31327</v>
+        <v>31328</v>
       </c>
       <c r="D1589" t="s">
         <v>3354</v>
       </c>
     </row>
     <row r="1590" spans="1:4">
       <c r="A1590" s="1" t="s">
         <v>3355</v>
       </c>
       <c r="B1590" s="1">
-        <v>31328</v>
+        <v>31343</v>
       </c>
       <c r="D1590" t="s">
         <v>3356</v>
       </c>
     </row>
     <row r="1591" spans="1:4">
       <c r="A1591" s="1" t="s">
         <v>3357</v>
       </c>
       <c r="B1591" s="1">
-        <v>31343</v>
+        <v>31349</v>
       </c>
       <c r="D1591" t="s">
         <v>3358</v>
       </c>
     </row>
     <row r="1592" spans="1:4">
       <c r="A1592" s="1" t="s">
         <v>3359</v>
       </c>
       <c r="B1592" s="1">
-        <v>31349</v>
+        <v>31351</v>
       </c>
       <c r="D1592" t="s">
         <v>3360</v>
       </c>
     </row>
     <row r="1593" spans="1:4">
       <c r="A1593" s="1" t="s">
         <v>3361</v>
       </c>
       <c r="B1593" s="1">
-        <v>31351</v>
+        <v>31363</v>
       </c>
       <c r="D1593" t="s">
         <v>3362</v>
       </c>
     </row>
     <row r="1594" spans="1:4">
       <c r="A1594" s="1" t="s">
         <v>3363</v>
       </c>
       <c r="B1594" s="1">
-        <v>31363</v>
+        <v>31366</v>
       </c>
       <c r="D1594" t="s">
         <v>3364</v>
       </c>
     </row>
     <row r="1595" spans="1:4">
       <c r="A1595" s="1" t="s">
         <v>3365</v>
       </c>
       <c r="B1595" s="1">
-        <v>31366</v>
+        <v>31376</v>
       </c>
       <c r="D1595" t="s">
         <v>3366</v>
       </c>
     </row>
     <row r="1596" spans="1:4">
       <c r="A1596" s="1" t="s">
         <v>3367</v>
       </c>
       <c r="B1596" s="1">
-        <v>31376</v>
+        <v>31379</v>
       </c>
       <c r="D1596" t="s">
         <v>3368</v>
       </c>
     </row>
     <row r="1597" spans="1:4">
       <c r="A1597" s="1" t="s">
         <v>3369</v>
       </c>
       <c r="B1597" s="1">
-        <v>31379</v>
+        <v>31384</v>
       </c>
       <c r="D1597" t="s">
         <v>3370</v>
       </c>
     </row>
     <row r="1598" spans="1:4">
       <c r="A1598" s="1" t="s">
         <v>3371</v>
       </c>
       <c r="B1598" s="1">
-        <v>31384</v>
+        <v>31388</v>
       </c>
       <c r="D1598" t="s">
         <v>3372</v>
       </c>
     </row>
     <row r="1599" spans="1:4">
       <c r="A1599" s="1" t="s">
         <v>3373</v>
       </c>
       <c r="B1599" s="1">
-        <v>31388</v>
+        <v>31390</v>
       </c>
       <c r="D1599" t="s">
         <v>3374</v>
       </c>
     </row>
     <row r="1600" spans="1:4">
       <c r="A1600" s="1" t="s">
         <v>3375</v>
       </c>
       <c r="B1600" s="1">
-        <v>31390</v>
+        <v>31401</v>
       </c>
       <c r="D1600" t="s">
         <v>3376</v>
       </c>
     </row>
     <row r="1601" spans="1:4">
       <c r="A1601" s="1" t="s">
         <v>3377</v>
       </c>
       <c r="B1601" s="1">
-        <v>31401</v>
+        <v>31406</v>
       </c>
       <c r="D1601" t="s">
         <v>3378</v>
       </c>
     </row>
     <row r="1602" spans="1:4">
       <c r="A1602" s="1" t="s">
         <v>3379</v>
       </c>
       <c r="B1602" s="1">
-        <v>31406</v>
+        <v>31407</v>
       </c>
       <c r="D1602" t="s">
         <v>3380</v>
       </c>
     </row>
     <row r="1603" spans="1:4">
       <c r="A1603" s="1" t="s">
         <v>3381</v>
       </c>
       <c r="B1603" s="1">
-        <v>31407</v>
+        <v>31408</v>
       </c>
       <c r="D1603" t="s">
         <v>3382</v>
       </c>
     </row>
     <row r="1604" spans="1:4">
       <c r="A1604" s="1" t="s">
         <v>3383</v>
       </c>
       <c r="B1604" s="1">
-        <v>31408</v>
+        <v>31409</v>
       </c>
       <c r="D1604" t="s">
         <v>3384</v>
       </c>
     </row>
     <row r="1605" spans="1:4">
       <c r="A1605" s="1" t="s">
         <v>3385</v>
       </c>
       <c r="B1605" s="1">
-        <v>31409</v>
+        <v>31410</v>
       </c>
       <c r="D1605" t="s">
         <v>3386</v>
       </c>
     </row>
     <row r="1606" spans="1:4">
       <c r="A1606" s="1" t="s">
         <v>3387</v>
       </c>
       <c r="B1606" s="1">
-        <v>31410</v>
+        <v>31412</v>
       </c>
       <c r="D1606" t="s">
         <v>3388</v>
       </c>
     </row>
     <row r="1607" spans="1:4">
       <c r="A1607" s="1" t="s">
         <v>3389</v>
       </c>
       <c r="B1607" s="1">
-        <v>31412</v>
+        <v>31419</v>
       </c>
       <c r="D1607" t="s">
         <v>3390</v>
       </c>
     </row>
     <row r="1608" spans="1:4">
       <c r="A1608" s="1" t="s">
         <v>3391</v>
       </c>
       <c r="B1608" s="1">
-        <v>31419</v>
+        <v>31422</v>
       </c>
       <c r="D1608" t="s">
         <v>3392</v>
       </c>
     </row>
     <row r="1609" spans="1:4">
       <c r="A1609" s="1" t="s">
         <v>3393</v>
       </c>
       <c r="B1609" s="1">
-        <v>31422</v>
+        <v>31428</v>
       </c>
       <c r="D1609" t="s">
         <v>3394</v>
       </c>
     </row>
     <row r="1610" spans="1:4">
       <c r="A1610" s="1" t="s">
         <v>3395</v>
       </c>
       <c r="B1610" s="1">
-        <v>31428</v>
+        <v>31437</v>
       </c>
       <c r="D1610" t="s">
         <v>3396</v>
       </c>
     </row>
     <row r="1611" spans="1:4">
       <c r="A1611" s="1" t="s">
         <v>3397</v>
       </c>
       <c r="B1611" s="1">
-        <v>31437</v>
+        <v>31443</v>
       </c>
       <c r="D1611" t="s">
         <v>3398</v>
       </c>
     </row>
     <row r="1612" spans="1:4">
       <c r="A1612" s="1" t="s">
         <v>3399</v>
       </c>
       <c r="B1612" s="1">
-        <v>31443</v>
+        <v>31449</v>
       </c>
       <c r="D1612" t="s">
         <v>3400</v>
       </c>
     </row>
     <row r="1613" spans="1:4">
       <c r="A1613" s="1" t="s">
         <v>3401</v>
       </c>
       <c r="B1613" s="1">
-        <v>31449</v>
+        <v>31451</v>
       </c>
       <c r="D1613" t="s">
         <v>3402</v>
       </c>
     </row>
     <row r="1614" spans="1:4">
       <c r="A1614" s="1" t="s">
         <v>3403</v>
       </c>
       <c r="B1614" s="1">
-        <v>31451</v>
+        <v>31459</v>
       </c>
       <c r="D1614" t="s">
         <v>3404</v>
       </c>
     </row>
     <row r="1615" spans="1:4">
       <c r="A1615" s="1" t="s">
         <v>3405</v>
       </c>
       <c r="B1615" s="1">
-        <v>31459</v>
+        <v>31463</v>
       </c>
       <c r="D1615" t="s">
         <v>3406</v>
       </c>
     </row>
     <row r="1616" spans="1:4">
       <c r="A1616" s="1" t="s">
         <v>3407</v>
       </c>
       <c r="B1616" s="1">
-        <v>31463</v>
+        <v>31479</v>
       </c>
       <c r="D1616" t="s">
         <v>3408</v>
       </c>
     </row>
     <row r="1617" spans="1:4">
       <c r="A1617" s="1" t="s">
         <v>3409</v>
       </c>
       <c r="B1617" s="1">
-        <v>31479</v>
+        <v>31484</v>
       </c>
       <c r="D1617" t="s">
         <v>3410</v>
       </c>
     </row>
     <row r="1618" spans="1:4">
       <c r="A1618" s="1" t="s">
         <v>3411</v>
       </c>
       <c r="B1618" s="1">
-        <v>31484</v>
+        <v>31486</v>
       </c>
       <c r="D1618" t="s">
         <v>3412</v>
       </c>
     </row>
     <row r="1619" spans="1:4">
       <c r="A1619" s="1" t="s">
         <v>3413</v>
       </c>
       <c r="B1619" s="1">
-        <v>31486</v>
+        <v>31488</v>
       </c>
       <c r="D1619" t="s">
         <v>3414</v>
       </c>
     </row>
     <row r="1620" spans="1:4">
       <c r="A1620" s="1" t="s">
         <v>3415</v>
       </c>
       <c r="B1620" s="1">
-        <v>31488</v>
+        <v>31490</v>
       </c>
       <c r="D1620" t="s">
         <v>3416</v>
       </c>
     </row>
     <row r="1621" spans="1:4">
       <c r="A1621" s="1" t="s">
         <v>3417</v>
       </c>
       <c r="B1621" s="1">
-        <v>31490</v>
+        <v>31601</v>
       </c>
       <c r="D1621" t="s">
         <v>3418</v>
       </c>
     </row>
     <row r="1622" spans="1:4">
       <c r="A1622" s="1" t="s">
         <v>3419</v>
       </c>
       <c r="B1622" s="1">
-        <v>31601</v>
+        <v>31606</v>
       </c>
       <c r="D1622" t="s">
         <v>3420</v>
       </c>
     </row>
     <row r="1623" spans="1:4">
       <c r="A1623" s="1" t="s">
         <v>3421</v>
       </c>
       <c r="B1623" s="1">
-        <v>31606</v>
+        <v>31607</v>
       </c>
       <c r="D1623" t="s">
         <v>3422</v>
       </c>
     </row>
     <row r="1624" spans="1:4">
       <c r="A1624" s="1" t="s">
         <v>3423</v>
       </c>
       <c r="B1624" s="1">
-        <v>31607</v>
+        <v>31608</v>
       </c>
       <c r="D1624" t="s">
         <v>3424</v>
       </c>
     </row>
     <row r="1625" spans="1:4">
       <c r="A1625" s="1" t="s">
         <v>3425</v>
       </c>
       <c r="B1625" s="1">
-        <v>31608</v>
+        <v>31609</v>
       </c>
       <c r="D1625" t="s">
         <v>3426</v>
       </c>
     </row>
     <row r="1626" spans="1:4">
       <c r="A1626" s="1" t="s">
         <v>3427</v>
       </c>
       <c r="B1626" s="1">
-        <v>31609</v>
+        <v>31610</v>
       </c>
       <c r="D1626" t="s">
         <v>3428</v>
       </c>
     </row>
     <row r="1627" spans="1:4">
       <c r="A1627" s="1" t="s">
         <v>3429</v>
       </c>
       <c r="B1627" s="1">
-        <v>31610</v>
+        <v>31612</v>
       </c>
       <c r="D1627" t="s">
         <v>3430</v>
       </c>
     </row>
     <row r="1628" spans="1:4">
       <c r="A1628" s="1" t="s">
         <v>3431</v>
       </c>
       <c r="B1628" s="1">
-        <v>31612</v>
+        <v>31619</v>
       </c>
       <c r="D1628" t="s">
         <v>3432</v>
       </c>
     </row>
     <row r="1629" spans="1:4">
       <c r="A1629" s="1" t="s">
         <v>3433</v>
       </c>
       <c r="B1629" s="1">
-        <v>31619</v>
+        <v>31622</v>
       </c>
       <c r="D1629" t="s">
         <v>3434</v>
       </c>
     </row>
     <row r="1630" spans="1:4">
       <c r="A1630" s="1" t="s">
         <v>3435</v>
       </c>
       <c r="B1630" s="1">
-        <v>31622</v>
+        <v>31627</v>
       </c>
       <c r="D1630" t="s">
         <v>3436</v>
       </c>
     </row>
     <row r="1631" spans="1:4">
       <c r="A1631" s="1" t="s">
         <v>3437</v>
       </c>
       <c r="B1631" s="1">
-        <v>31627</v>
+        <v>31628</v>
       </c>
       <c r="D1631" t="s">
         <v>3438</v>
       </c>
     </row>
     <row r="1632" spans="1:4">
       <c r="A1632" s="1" t="s">
         <v>3439</v>
       </c>
       <c r="B1632" s="1">
-        <v>31628</v>
+        <v>31643</v>
       </c>
       <c r="D1632" t="s">
         <v>3440</v>
       </c>
     </row>
     <row r="1633" spans="1:4">
       <c r="A1633" s="1" t="s">
         <v>3441</v>
       </c>
       <c r="B1633" s="1">
-        <v>31643</v>
+        <v>31649</v>
       </c>
       <c r="D1633" t="s">
         <v>3442</v>
       </c>
     </row>
     <row r="1634" spans="1:4">
       <c r="A1634" s="1" t="s">
         <v>3443</v>
       </c>
       <c r="B1634" s="1">
-        <v>31649</v>
+        <v>31651</v>
       </c>
       <c r="D1634" t="s">
         <v>3444</v>
       </c>
     </row>
     <row r="1635" spans="1:4">
       <c r="A1635" s="1" t="s">
         <v>3445</v>
       </c>
       <c r="B1635" s="1">
-        <v>31651</v>
+        <v>31659</v>
       </c>
       <c r="D1635" t="s">
         <v>3446</v>
       </c>
     </row>
     <row r="1636" spans="1:4">
       <c r="A1636" s="1" t="s">
         <v>3447</v>
       </c>
       <c r="B1636" s="1">
-        <v>31659</v>
+        <v>31663</v>
       </c>
       <c r="D1636" t="s">
         <v>3448</v>
       </c>
     </row>
     <row r="1637" spans="1:4">
       <c r="A1637" s="1" t="s">
         <v>3449</v>
       </c>
       <c r="B1637" s="1">
-        <v>31663</v>
+        <v>31664</v>
       </c>
       <c r="D1637" t="s">
         <v>3450</v>
       </c>
     </row>
     <row r="1638" spans="1:4">
       <c r="A1638" s="1" t="s">
         <v>3451</v>
       </c>
       <c r="B1638" s="1">
-        <v>31664</v>
+        <v>31666</v>
       </c>
       <c r="D1638" t="s">
         <v>3452</v>
       </c>
     </row>
     <row r="1639" spans="1:4">
       <c r="A1639" s="1" t="s">
         <v>3453</v>
       </c>
       <c r="B1639" s="1">
-        <v>31666</v>
+        <v>31676</v>
       </c>
       <c r="D1639" t="s">
         <v>3454</v>
       </c>
     </row>
     <row r="1640" spans="1:4">
       <c r="A1640" s="1" t="s">
         <v>3455</v>
       </c>
       <c r="B1640" s="1">
-        <v>31676</v>
+        <v>31679</v>
       </c>
       <c r="D1640" t="s">
         <v>3456</v>
       </c>
     </row>
     <row r="1641" spans="1:4">
       <c r="A1641" s="1" t="s">
         <v>3457</v>
       </c>
       <c r="B1641" s="1">
-        <v>31679</v>
+        <v>31684</v>
       </c>
       <c r="D1641" t="s">
         <v>3458</v>
       </c>
     </row>
     <row r="1642" spans="1:4">
       <c r="A1642" s="1" t="s">
         <v>3459</v>
       </c>
       <c r="B1642" s="1">
-        <v>31684</v>
+        <v>31688</v>
       </c>
       <c r="D1642" t="s">
         <v>3460</v>
       </c>
     </row>
     <row r="1643" spans="1:4">
       <c r="A1643" s="1" t="s">
         <v>3461</v>
       </c>
       <c r="B1643" s="1">
-        <v>31688</v>
+        <v>31690</v>
       </c>
       <c r="D1643" t="s">
         <v>3462</v>
       </c>
     </row>
     <row r="1644" spans="1:4">
       <c r="A1644" s="1" t="s">
         <v>3463</v>
       </c>
       <c r="B1644" s="1">
-        <v>31690</v>
+        <v>31701</v>
       </c>
       <c r="D1644" t="s">
         <v>3464</v>
       </c>
     </row>
     <row r="1645" spans="1:4">
       <c r="A1645" s="1" t="s">
         <v>3465</v>
       </c>
       <c r="B1645" s="1">
-        <v>31701</v>
+        <v>31706</v>
       </c>
       <c r="D1645" t="s">
         <v>3466</v>
       </c>
     </row>
     <row r="1646" spans="1:4">
       <c r="A1646" s="1" t="s">
         <v>3467</v>
       </c>
       <c r="B1646" s="1">
-        <v>31706</v>
+        <v>31707</v>
       </c>
       <c r="D1646" t="s">
         <v>3468</v>
       </c>
     </row>
     <row r="1647" spans="1:4">
       <c r="A1647" s="1" t="s">
         <v>3469</v>
       </c>
       <c r="B1647" s="1">
-        <v>31707</v>
+        <v>31708</v>
       </c>
       <c r="D1647" t="s">
         <v>3470</v>
       </c>
     </row>
     <row r="1648" spans="1:4">
       <c r="A1648" s="1" t="s">
         <v>3471</v>
       </c>
       <c r="B1648" s="1">
-        <v>31708</v>
+        <v>31709</v>
       </c>
       <c r="D1648" t="s">
         <v>3472</v>
       </c>
     </row>
     <row r="1649" spans="1:4">
       <c r="A1649" s="1" t="s">
         <v>3473</v>
       </c>
       <c r="B1649" s="1">
-        <v>31709</v>
+        <v>31710</v>
       </c>
       <c r="D1649" t="s">
         <v>3474</v>
       </c>
     </row>
     <row r="1650" spans="1:4">
       <c r="A1650" s="1" t="s">
         <v>3475</v>
       </c>
       <c r="B1650" s="1">
-        <v>31710</v>
+        <v>31712</v>
       </c>
       <c r="D1650" t="s">
         <v>3476</v>
       </c>
     </row>
     <row r="1651" spans="1:4">
       <c r="A1651" s="1" t="s">
         <v>3477</v>
       </c>
       <c r="B1651" s="1">
-        <v>31712</v>
+        <v>31719</v>
       </c>
       <c r="D1651" t="s">
         <v>3478</v>
       </c>
     </row>
     <row r="1652" spans="1:4">
       <c r="A1652" s="1" t="s">
         <v>3479</v>
       </c>
       <c r="B1652" s="1">
-        <v>31719</v>
+        <v>31720</v>
       </c>
       <c r="D1652" t="s">
         <v>3480</v>
       </c>
     </row>
     <row r="1653" spans="1:4">
       <c r="A1653" s="1" t="s">
         <v>3481</v>
       </c>
       <c r="B1653" s="1">
-        <v>31720</v>
+        <v>31722</v>
       </c>
       <c r="D1653" t="s">
         <v>3482</v>
       </c>
     </row>
     <row r="1654" spans="1:4">
       <c r="A1654" s="1" t="s">
         <v>3483</v>
       </c>
       <c r="B1654" s="1">
-        <v>31722</v>
+        <v>31727</v>
       </c>
       <c r="D1654" t="s">
         <v>3484</v>
       </c>
     </row>
     <row r="1655" spans="1:4">
       <c r="A1655" s="1" t="s">
         <v>3485</v>
       </c>
       <c r="B1655" s="1">
-        <v>31727</v>
+        <v>31728</v>
       </c>
       <c r="D1655" t="s">
         <v>3486</v>
       </c>
     </row>
     <row r="1656" spans="1:4">
       <c r="A1656" s="1" t="s">
         <v>3487</v>
       </c>
       <c r="B1656" s="1">
-        <v>31728</v>
+        <v>31743</v>
       </c>
       <c r="D1656" t="s">
         <v>3488</v>
       </c>
     </row>
     <row r="1657" spans="1:4">
       <c r="A1657" s="1" t="s">
         <v>3489</v>
       </c>
       <c r="B1657" s="1">
-        <v>31743</v>
+        <v>31749</v>
       </c>
       <c r="D1657" t="s">
         <v>3490</v>
       </c>
     </row>
     <row r="1658" spans="1:4">
       <c r="A1658" s="1" t="s">
         <v>3491</v>
       </c>
       <c r="B1658" s="1">
-        <v>31749</v>
+        <v>31751</v>
       </c>
       <c r="D1658" t="s">
         <v>3492</v>
       </c>
     </row>
     <row r="1659" spans="1:4">
       <c r="A1659" s="1" t="s">
         <v>3493</v>
       </c>
       <c r="B1659" s="1">
-        <v>31751</v>
+        <v>31755</v>
       </c>
       <c r="D1659" t="s">
         <v>3494</v>
       </c>
     </row>
     <row r="1660" spans="1:4">
       <c r="A1660" s="1" t="s">
         <v>3495</v>
       </c>
       <c r="B1660" s="1">
-        <v>31755</v>
+        <v>31759</v>
       </c>
       <c r="D1660" t="s">
         <v>3496</v>
       </c>
     </row>
     <row r="1661" spans="1:4">
       <c r="A1661" s="1" t="s">
         <v>3497</v>
       </c>
       <c r="B1661" s="1">
-        <v>31759</v>
+        <v>31763</v>
       </c>
       <c r="D1661" t="s">
         <v>3498</v>
       </c>
     </row>
     <row r="1662" spans="1:4">
       <c r="A1662" s="1" t="s">
         <v>3499</v>
       </c>
       <c r="B1662" s="1">
-        <v>31763</v>
+        <v>31764</v>
       </c>
       <c r="D1662" t="s">
         <v>3500</v>
       </c>
     </row>
     <row r="1663" spans="1:4">
       <c r="A1663" s="1" t="s">
         <v>3501</v>
       </c>
       <c r="B1663" s="1">
-        <v>31764</v>
+        <v>31779</v>
       </c>
       <c r="D1663" t="s">
         <v>3502</v>
       </c>
     </row>
     <row r="1664" spans="1:4">
       <c r="A1664" s="1" t="s">
         <v>3503</v>
       </c>
       <c r="B1664" s="1">
-        <v>31779</v>
+        <v>31784</v>
       </c>
       <c r="D1664" t="s">
         <v>3504</v>
       </c>
     </row>
     <row r="1665" spans="1:4">
       <c r="A1665" s="1" t="s">
         <v>3505</v>
       </c>
       <c r="B1665" s="1">
-        <v>31784</v>
+        <v>31786</v>
       </c>
       <c r="D1665" t="s">
         <v>3506</v>
       </c>
     </row>
     <row r="1666" spans="1:4">
       <c r="A1666" s="1" t="s">
         <v>3507</v>
       </c>
       <c r="B1666" s="1">
-        <v>31786</v>
+        <v>31788</v>
       </c>
       <c r="D1666" t="s">
         <v>3508</v>
       </c>
     </row>
     <row r="1667" spans="1:4">
       <c r="A1667" s="1" t="s">
         <v>3509</v>
       </c>
       <c r="B1667" s="1">
-        <v>31788</v>
+        <v>31790</v>
       </c>
       <c r="D1667" t="s">
         <v>3510</v>
       </c>
     </row>
     <row r="1668" spans="1:4">
       <c r="A1668" s="1" t="s">
         <v>3511</v>
       </c>
       <c r="B1668" s="1">
-        <v>31790</v>
+        <v>31795</v>
       </c>
       <c r="D1668" t="s">
         <v>3512</v>
       </c>
     </row>
     <row r="1669" spans="1:4">
       <c r="A1669" s="1" t="s">
         <v>3513</v>
       </c>
       <c r="B1669" s="1">
-        <v>31795</v>
+        <v>31801</v>
       </c>
       <c r="D1669" t="s">
         <v>3514</v>
       </c>
     </row>
     <row r="1670" spans="1:4">
       <c r="A1670" s="1" t="s">
         <v>3515</v>
       </c>
       <c r="B1670" s="1">
-        <v>31801</v>
+        <v>31806</v>
       </c>
       <c r="D1670" t="s">
         <v>3516</v>
       </c>
     </row>
     <row r="1671" spans="1:4">
       <c r="A1671" s="1" t="s">
         <v>3517</v>
       </c>
       <c r="B1671" s="1">
-        <v>31806</v>
+        <v>31810</v>
       </c>
       <c r="D1671" t="s">
         <v>3518</v>
       </c>
     </row>
     <row r="1672" spans="1:4">
       <c r="A1672" s="1" t="s">
         <v>3519</v>
       </c>
       <c r="B1672" s="1">
-        <v>31810</v>
+        <v>31822</v>
       </c>
       <c r="D1672" t="s">
         <v>3520</v>
       </c>
     </row>
     <row r="1673" spans="1:4">
       <c r="A1673" s="1" t="s">
         <v>3521</v>
       </c>
       <c r="B1673" s="1">
-        <v>31822</v>
+        <v>31863</v>
       </c>
       <c r="D1673" t="s">
         <v>3522</v>
       </c>
     </row>
     <row r="1674" spans="1:4">
       <c r="A1674" s="1" t="s">
         <v>3523</v>
       </c>
       <c r="B1674" s="1">
-        <v>31863</v>
+        <v>33569</v>
       </c>
       <c r="D1674" t="s">
         <v>3524</v>
       </c>
     </row>
     <row r="1675" spans="1:4">
       <c r="A1675" s="1" t="s">
         <v>3525</v>
       </c>
       <c r="B1675" s="1">
-        <v>33569</v>
+        <v>40469</v>
       </c>
       <c r="D1675" t="s">
         <v>3526</v>
       </c>
     </row>
     <row r="1676" spans="1:4">
       <c r="A1676" s="1" t="s">
         <v>3527</v>
       </c>
       <c r="B1676" s="1">
-        <v>40469</v>
+        <v>40622</v>
       </c>
       <c r="D1676" t="s">
         <v>3528</v>
       </c>
     </row>
     <row r="1677" spans="1:4">
       <c r="A1677" s="1" t="s">
         <v>3529</v>
       </c>
       <c r="B1677" s="1">
-        <v>40622</v>
+        <v>40629</v>
       </c>
       <c r="D1677" t="s">
         <v>3530</v>
       </c>
     </row>
     <row r="1678" spans="1:4">
       <c r="A1678" s="1" t="s">
         <v>3531</v>
       </c>
       <c r="B1678" s="1">
-        <v>40629</v>
+        <v>40643</v>
       </c>
       <c r="D1678" t="s">
         <v>3532</v>
       </c>
     </row>
     <row r="1679" spans="1:4">
       <c r="A1679" s="1" t="s">
         <v>3533</v>
       </c>
       <c r="B1679" s="1">
-        <v>40643</v>
+        <v>40697</v>
       </c>
       <c r="D1679" t="s">
         <v>3534</v>
       </c>
     </row>
     <row r="1680" spans="1:4">
       <c r="A1680" s="1" t="s">
         <v>3535</v>
       </c>
       <c r="B1680" s="1">
-        <v>40697</v>
+        <v>41237</v>
       </c>
       <c r="D1680" t="s">
         <v>3536</v>
       </c>
     </row>
     <row r="1681" spans="1:4">
       <c r="A1681" s="1" t="s">
         <v>3537</v>
       </c>
       <c r="B1681" s="1">
-        <v>41237</v>
+        <v>41243</v>
       </c>
       <c r="D1681" t="s">
         <v>3538</v>
       </c>
     </row>
     <row r="1682" spans="1:4">
       <c r="A1682" s="1" t="s">
         <v>3539</v>
       </c>
       <c r="B1682" s="1">
-        <v>41243</v>
+        <v>41270</v>
       </c>
       <c r="D1682" t="s">
         <v>3540</v>
       </c>
     </row>
     <row r="1683" spans="1:4">
       <c r="A1683" s="1" t="s">
         <v>3541</v>
       </c>
       <c r="B1683" s="1">
-        <v>41270</v>
+        <v>41277</v>
       </c>
       <c r="D1683" t="s">
         <v>3542</v>
       </c>
     </row>
     <row r="1684" spans="1:4">
       <c r="A1684" s="1" t="s">
         <v>3543</v>
       </c>
       <c r="B1684" s="1">
-        <v>41277</v>
+        <v>41279</v>
       </c>
       <c r="D1684" t="s">
         <v>3544</v>
       </c>
     </row>
     <row r="1685" spans="1:4">
       <c r="A1685" s="1" t="s">
         <v>3545</v>
       </c>
       <c r="B1685" s="1">
-        <v>41279</v>
+        <v>49501</v>
       </c>
       <c r="D1685" t="s">
         <v>3546</v>
       </c>
     </row>
     <row r="1686" spans="1:4">
       <c r="A1686" s="1" t="s">
         <v>3547</v>
       </c>
       <c r="B1686" s="1">
-        <v>49501</v>
+        <v>50667</v>
       </c>
       <c r="D1686" t="s">
         <v>3548</v>
       </c>
     </row>
     <row r="1687" spans="1:4">
       <c r="A1687" s="1" t="s">
         <v>3549</v>
       </c>
       <c r="B1687" s="1">
-        <v>50667</v>
+        <v>50670</v>
       </c>
       <c r="D1687" t="s">
         <v>3550</v>
       </c>
     </row>
     <row r="1688" spans="1:4">
       <c r="A1688" s="1" t="s">
         <v>3551</v>
       </c>
       <c r="B1688" s="1">
-        <v>50670</v>
+        <v>50679</v>
       </c>
       <c r="D1688" t="s">
         <v>3552</v>
       </c>
     </row>
     <row r="1689" spans="1:4">
       <c r="A1689" s="1" t="s">
         <v>3553</v>
       </c>
       <c r="B1689" s="1">
-        <v>50679</v>
+        <v>51536</v>
       </c>
       <c r="D1689" t="s">
         <v>3554</v>
       </c>
     </row>
     <row r="1690" spans="1:4">
       <c r="A1690" s="1" t="s">
         <v>3555</v>
       </c>
       <c r="B1690" s="1">
-        <v>51536</v>
+        <v>51566</v>
       </c>
       <c r="D1690" t="s">
         <v>3556</v>
       </c>
     </row>
     <row r="1691" spans="1:4">
       <c r="A1691" s="1" t="s">
         <v>3557</v>
       </c>
       <c r="B1691" s="1">
-        <v>51566</v>
+        <v>60557</v>
       </c>
       <c r="D1691" t="s">
         <v>3558</v>
       </c>
     </row>
     <row r="1692" spans="1:4">
       <c r="A1692" s="1" t="s">
         <v>3559</v>
       </c>
       <c r="B1692" s="1">
-        <v>60557</v>
+        <v>74204</v>
       </c>
       <c r="D1692" t="s">
         <v>3560</v>
       </c>
     </row>
     <row r="1693" spans="1:4">
       <c r="A1693" s="1" t="s">
         <v>3561</v>
       </c>
       <c r="B1693" s="1">
-        <v>74204</v>
+        <v>74304</v>
       </c>
       <c r="D1693" t="s">
         <v>3562</v>
       </c>
     </row>
     <row r="1694" spans="1:4">
       <c r="A1694" s="1" t="s">
         <v>3563</v>
       </c>
       <c r="B1694" s="1">
-        <v>74304</v>
+        <v>75057</v>
       </c>
       <c r="D1694" t="s">
         <v>3564</v>
       </c>
     </row>
     <row r="1695" spans="1:4">
       <c r="A1695" s="1" t="s">
         <v>3565</v>
       </c>
       <c r="B1695" s="1">
-        <v>75057</v>
+        <v>75059</v>
       </c>
       <c r="D1695" t="s">
         <v>3566</v>
       </c>
     </row>
     <row r="1696" spans="1:4">
       <c r="A1696" s="1" t="s">
         <v>3567</v>
       </c>
       <c r="B1696" s="1">
-        <v>75059</v>
+        <v>75070</v>
       </c>
       <c r="D1696" t="s">
         <v>3568</v>
       </c>
     </row>
     <row r="1697" spans="1:4">
       <c r="A1697" s="1" t="s">
         <v>3569</v>
       </c>
       <c r="B1697" s="1">
-        <v>75070</v>
+        <v>75114</v>
       </c>
       <c r="D1697" t="s">
         <v>3570</v>
       </c>
     </row>
     <row r="1698" spans="1:4">
       <c r="A1698" s="1" t="s">
         <v>3571</v>
       </c>
       <c r="B1698" s="1">
-        <v>75114</v>
+        <v>75127</v>
       </c>
       <c r="D1698" t="s">
         <v>3572</v>
       </c>
     </row>
     <row r="1699" spans="1:4">
       <c r="A1699" s="1" t="s">
         <v>3573</v>
       </c>
       <c r="B1699" s="1">
-        <v>75127</v>
+        <v>75132</v>
       </c>
       <c r="D1699" t="s">
         <v>3574</v>
       </c>
     </row>
     <row r="1700" spans="1:4">
       <c r="A1700" s="1" t="s">
         <v>3575</v>
       </c>
       <c r="B1700" s="1">
-        <v>75132</v>
+        <v>75140</v>
       </c>
       <c r="D1700" t="s">
         <v>3576</v>
       </c>
     </row>
     <row r="1701" spans="1:4">
       <c r="A1701" s="1" t="s">
         <v>3577</v>
       </c>
       <c r="B1701" s="1">
-        <v>75140</v>
+        <v>75170</v>
       </c>
       <c r="D1701" t="s">
         <v>3578</v>
       </c>
     </row>
     <row r="1702" spans="1:4">
       <c r="A1702" s="1" t="s">
         <v>3579</v>
       </c>
       <c r="B1702" s="1">
-        <v>75170</v>
+        <v>75184</v>
       </c>
       <c r="D1702" t="s">
         <v>3580</v>
       </c>
     </row>
     <row r="1703" spans="1:4">
       <c r="A1703" s="1" t="s">
         <v>3581</v>
       </c>
       <c r="B1703" s="1">
-        <v>75184</v>
+        <v>75326</v>
       </c>
       <c r="D1703" t="s">
         <v>3582</v>
       </c>
     </row>
     <row r="1704" spans="1:4">
       <c r="A1704" s="1" t="s">
         <v>3583</v>
       </c>
       <c r="B1704" s="1">
-        <v>75326</v>
+        <v>75909</v>
       </c>
       <c r="D1704" t="s">
         <v>3584</v>
       </c>
     </row>
     <row r="1705" spans="1:4">
       <c r="A1705" s="1" t="s">
         <v>3585</v>
       </c>
       <c r="B1705" s="1">
-        <v>75909</v>
+        <v>76754</v>
       </c>
       <c r="D1705" t="s">
         <v>3586</v>
       </c>
     </row>
     <row r="1706" spans="1:4">
       <c r="A1706" s="1" t="s">
         <v>3587</v>
       </c>
       <c r="B1706" s="1">
-        <v>76754</v>
+        <v>78740</v>
       </c>
       <c r="D1706" t="s">
         <v>3588</v>
       </c>
     </row>
     <row r="1707" spans="1:4">
       <c r="A1707" s="1" t="s">
         <v>3589</v>
       </c>
       <c r="B1707" s="1">
-        <v>78740</v>
+        <v>78898</v>
       </c>
       <c r="D1707" t="s">
         <v>3590</v>
       </c>
     </row>
     <row r="1708" spans="1:4">
       <c r="A1708" s="1" t="s">
         <v>3591</v>
       </c>
       <c r="B1708" s="1">
-        <v>78898</v>
+        <v>78956</v>
       </c>
       <c r="D1708" t="s">
         <v>3592</v>
       </c>
     </row>
     <row r="1709" spans="1:4">
       <c r="A1709" s="1" t="s">
         <v>3593</v>
       </c>
       <c r="B1709" s="1">
-        <v>78956</v>
+        <v>78958</v>
       </c>
       <c r="D1709" t="s">
         <v>3594</v>
       </c>
     </row>
     <row r="1710" spans="1:4">
       <c r="A1710" s="1" t="s">
         <v>3595</v>
       </c>
       <c r="B1710" s="1">
-        <v>78958</v>
+        <v>80601</v>
       </c>
       <c r="D1710" t="s">
         <v>3596</v>
       </c>
     </row>
     <row r="1711" spans="1:4">
       <c r="A1711" s="1" t="s">
         <v>3597</v>
       </c>
       <c r="B1711" s="1">
-        <v>80601</v>
+        <v>80609</v>
       </c>
       <c r="D1711" t="s">
         <v>3598</v>
       </c>
     </row>
     <row r="1712" spans="1:4">
       <c r="A1712" s="1" t="s">
         <v>3599</v>
       </c>
       <c r="B1712" s="1">
-        <v>80609</v>
+        <v>80623</v>
       </c>
       <c r="D1712" t="s">
         <v>3600</v>
       </c>
     </row>
     <row r="1713" spans="1:4">
       <c r="A1713" s="1" t="s">
         <v>3601</v>
       </c>
       <c r="B1713" s="1">
-        <v>80623</v>
+        <v>80635</v>
       </c>
       <c r="D1713" t="s">
         <v>3602</v>
       </c>
     </row>
     <row r="1714" spans="1:4">
       <c r="A1714" s="1" t="s">
         <v>3603</v>
       </c>
       <c r="B1714" s="1">
-        <v>80635</v>
+        <v>80643</v>
       </c>
       <c r="D1714" t="s">
         <v>3604</v>
       </c>
     </row>
     <row r="1715" spans="1:4">
       <c r="A1715" s="1" t="s">
         <v>3605</v>
       </c>
       <c r="B1715" s="1">
-        <v>80643</v>
+        <v>80649</v>
       </c>
       <c r="D1715" t="s">
         <v>3606</v>
       </c>
     </row>
     <row r="1716" spans="1:4">
       <c r="A1716" s="1" t="s">
         <v>3607</v>
       </c>
       <c r="B1716" s="1">
-        <v>80649</v>
+        <v>80651</v>
       </c>
       <c r="D1716" t="s">
         <v>3608</v>
       </c>
     </row>
     <row r="1717" spans="1:4">
       <c r="A1717" s="1" t="s">
         <v>3609</v>
       </c>
       <c r="B1717" s="1">
-        <v>80651</v>
+        <v>80654</v>
       </c>
       <c r="D1717" t="s">
         <v>3610</v>
       </c>
     </row>
     <row r="1718" spans="1:4">
       <c r="A1718" s="1" t="s">
         <v>3611</v>
       </c>
       <c r="B1718" s="1">
-        <v>80654</v>
+        <v>80659</v>
       </c>
       <c r="D1718" t="s">
         <v>3612</v>
       </c>
     </row>
     <row r="1719" spans="1:4">
       <c r="A1719" s="1" t="s">
         <v>3613</v>
       </c>
       <c r="B1719" s="1">
-        <v>80659</v>
+        <v>80673</v>
       </c>
       <c r="D1719" t="s">
         <v>3614</v>
       </c>
     </row>
     <row r="1720" spans="1:4">
       <c r="A1720" s="1" t="s">
         <v>3615</v>
       </c>
       <c r="B1720" s="1">
-        <v>80673</v>
+        <v>80678</v>
       </c>
       <c r="D1720" t="s">
         <v>3616</v>
       </c>
     </row>
     <row r="1721" spans="1:4">
       <c r="A1721" s="1" t="s">
         <v>3617</v>
       </c>
       <c r="B1721" s="1">
-        <v>80678</v>
+        <v>80683</v>
       </c>
       <c r="D1721" t="s">
         <v>3618</v>
       </c>
     </row>
     <row r="1722" spans="1:4">
       <c r="A1722" s="1" t="s">
         <v>3619</v>
       </c>
       <c r="B1722" s="1">
-        <v>80683</v>
+        <v>80684</v>
       </c>
       <c r="D1722" t="s">
         <v>3620</v>
       </c>
     </row>
     <row r="1723" spans="1:4">
       <c r="A1723" s="1" t="s">
         <v>3621</v>
       </c>
       <c r="B1723" s="1">
-        <v>80684</v>
+        <v>80685</v>
       </c>
       <c r="D1723" t="s">
         <v>3622</v>
       </c>
     </row>
     <row r="1724" spans="1:4">
       <c r="A1724" s="1" t="s">
         <v>3623</v>
       </c>
       <c r="B1724" s="1">
-        <v>80685</v>
+        <v>80686</v>
       </c>
       <c r="D1724" t="s">
         <v>3624</v>
       </c>
     </row>
     <row r="1725" spans="1:4">
       <c r="A1725" s="1" t="s">
         <v>3625</v>
       </c>
       <c r="B1725" s="1">
-        <v>80686</v>
+        <v>80688</v>
       </c>
       <c r="D1725" t="s">
         <v>3626</v>
       </c>
     </row>
     <row r="1726" spans="1:4">
       <c r="A1726" s="1" t="s">
         <v>3627</v>
       </c>
       <c r="B1726" s="1">
-        <v>80688</v>
+        <v>80694</v>
       </c>
       <c r="D1726" t="s">
         <v>3628</v>
       </c>
     </row>
     <row r="1727" spans="1:4">
       <c r="A1727" s="1" t="s">
         <v>3629</v>
       </c>
       <c r="B1727" s="1">
-        <v>80694</v>
+        <v>80696</v>
       </c>
       <c r="D1727" t="s">
         <v>3630</v>
       </c>
     </row>
     <row r="1728" spans="1:4">
       <c r="A1728" s="1" t="s">
         <v>3631</v>
       </c>
       <c r="B1728" s="1">
-        <v>80696</v>
+        <v>80837</v>
       </c>
       <c r="D1728" t="s">
         <v>3632</v>
       </c>
     </row>
     <row r="1729" spans="1:4">
       <c r="A1729" s="1" t="s">
         <v>3633</v>
       </c>
       <c r="B1729" s="1">
-        <v>80837</v>
+        <v>80843</v>
       </c>
       <c r="D1729" t="s">
         <v>3634</v>
       </c>
     </row>
     <row r="1730" spans="1:4">
       <c r="A1730" s="1" t="s">
         <v>3635</v>
       </c>
       <c r="B1730" s="1">
-        <v>80843</v>
+        <v>80847</v>
       </c>
       <c r="D1730" t="s">
         <v>3636</v>
       </c>
     </row>
     <row r="1731" spans="1:4">
       <c r="A1731" s="1" t="s">
         <v>3637</v>
       </c>
       <c r="B1731" s="1">
-        <v>80847</v>
+        <v>80860</v>
       </c>
       <c r="D1731" t="s">
         <v>3638</v>
       </c>
     </row>
     <row r="1732" spans="1:4">
       <c r="A1732" s="1" t="s">
         <v>3639</v>
       </c>
       <c r="B1732" s="1">
-        <v>80860</v>
+        <v>80879</v>
       </c>
       <c r="D1732" t="s">
         <v>3640</v>
       </c>
     </row>
     <row r="1733" spans="1:4">
       <c r="A1733" s="1" t="s">
         <v>3641</v>
       </c>
       <c r="B1733" s="1">
-        <v>80879</v>
+        <v>81049</v>
       </c>
       <c r="D1733" t="s">
         <v>3642</v>
       </c>
     </row>
     <row r="1734" spans="1:4">
       <c r="A1734" s="1" t="s">
         <v>3643</v>
       </c>
       <c r="B1734" s="1">
-        <v>81049</v>
+        <v>81067</v>
       </c>
       <c r="D1734" t="s">
         <v>3644</v>
       </c>
     </row>
     <row r="1735" spans="1:4">
       <c r="A1735" s="1" t="s">
         <v>3645</v>
       </c>
       <c r="B1735" s="1">
-        <v>81067</v>
+        <v>81070</v>
       </c>
       <c r="D1735" t="s">
         <v>3646</v>
       </c>
     </row>
     <row r="1736" spans="1:4">
       <c r="A1736" s="1" t="s">
         <v>3647</v>
       </c>
       <c r="B1736" s="1">
-        <v>81070</v>
+        <v>81167</v>
       </c>
       <c r="D1736" t="s">
         <v>3648</v>
       </c>
     </row>
     <row r="1737" spans="1:4">
       <c r="A1737" s="1" t="s">
         <v>3649</v>
       </c>
       <c r="B1737" s="1">
-        <v>81167</v>
+        <v>81170</v>
       </c>
       <c r="D1737" t="s">
         <v>3650</v>
       </c>
     </row>
     <row r="1738" spans="1:4">
       <c r="A1738" s="1" t="s">
         <v>3651</v>
       </c>
       <c r="B1738" s="1">
-        <v>81170</v>
+        <v>81187</v>
       </c>
       <c r="D1738" t="s">
         <v>3652</v>
       </c>
     </row>
     <row r="1739" spans="1:4">
       <c r="A1739" s="1" t="s">
         <v>3653</v>
       </c>
       <c r="B1739" s="1">
-        <v>81187</v>
+        <v>81267</v>
       </c>
       <c r="D1739" t="s">
         <v>3654</v>
       </c>
     </row>
     <row r="1740" spans="1:4">
       <c r="A1740" s="1" t="s">
         <v>3655</v>
       </c>
       <c r="B1740" s="1">
-        <v>81267</v>
+        <v>81270</v>
       </c>
       <c r="D1740" t="s">
         <v>3656</v>
       </c>
     </row>
     <row r="1741" spans="1:4">
       <c r="A1741" s="1" t="s">
         <v>3657</v>
       </c>
       <c r="B1741" s="1">
-        <v>81270</v>
+        <v>81287</v>
       </c>
       <c r="D1741" t="s">
         <v>3658</v>
       </c>
     </row>
     <row r="1742" spans="1:4">
       <c r="A1742" s="1" t="s">
         <v>3659</v>
       </c>
       <c r="B1742" s="1">
-        <v>81287</v>
+        <v>81437</v>
       </c>
       <c r="D1742" t="s">
         <v>3660</v>
       </c>
     </row>
     <row r="1743" spans="1:4">
       <c r="A1743" s="1" t="s">
         <v>3661</v>
       </c>
       <c r="B1743" s="1">
-        <v>81437</v>
+        <v>81443</v>
       </c>
       <c r="D1743" t="s">
         <v>3662</v>
       </c>
     </row>
     <row r="1744" spans="1:4">
       <c r="A1744" s="1" t="s">
         <v>3663</v>
       </c>
       <c r="B1744" s="1">
-        <v>81443</v>
+        <v>81467</v>
       </c>
       <c r="D1744" t="s">
         <v>3664</v>
       </c>
     </row>
     <row r="1745" spans="1:4">
       <c r="A1745" s="1" t="s">
         <v>3665</v>
       </c>
       <c r="B1745" s="1">
-        <v>81467</v>
+        <v>81470</v>
       </c>
       <c r="D1745" t="s">
         <v>3666</v>
       </c>
     </row>
     <row r="1746" spans="1:4">
       <c r="A1746" s="1" t="s">
         <v>3667</v>
       </c>
       <c r="B1746" s="1">
-        <v>81470</v>
+        <v>81479</v>
       </c>
       <c r="D1746" t="s">
         <v>3668</v>
       </c>
     </row>
     <row r="1747" spans="1:4">
       <c r="A1747" s="1" t="s">
         <v>3669</v>
       </c>
       <c r="B1747" s="1">
-        <v>81479</v>
+        <v>81667</v>
       </c>
       <c r="D1747" t="s">
         <v>3670</v>
       </c>
     </row>
     <row r="1748" spans="1:4">
       <c r="A1748" s="1" t="s">
         <v>3671</v>
       </c>
       <c r="B1748" s="1">
-        <v>81667</v>
+        <v>81670</v>
       </c>
       <c r="D1748" t="s">
         <v>3672</v>
       </c>
     </row>
     <row r="1749" spans="1:4">
       <c r="A1749" s="1" t="s">
         <v>3673</v>
       </c>
       <c r="B1749" s="1">
-        <v>81670</v>
+        <v>81679</v>
       </c>
       <c r="D1749" t="s">
         <v>3674</v>
       </c>
     </row>
     <row r="1750" spans="1:4">
       <c r="A1750" s="1" t="s">
         <v>3675</v>
       </c>
       <c r="B1750" s="1">
-        <v>81679</v>
+        <v>81758</v>
       </c>
       <c r="D1750" t="s">
         <v>3676</v>
       </c>
     </row>
     <row r="1751" spans="1:4">
       <c r="A1751" s="1" t="s">
         <v>3677</v>
       </c>
       <c r="B1751" s="1">
-        <v>81758</v>
+        <v>81769</v>
       </c>
       <c r="D1751" t="s">
         <v>3678</v>
       </c>
     </row>
     <row r="1752" spans="1:4">
       <c r="A1752" s="1" t="s">
         <v>3679</v>
       </c>
       <c r="B1752" s="1">
-        <v>81769</v>
+        <v>81779</v>
       </c>
       <c r="D1752" t="s">
         <v>3680</v>
       </c>
     </row>
     <row r="1753" spans="1:4">
       <c r="A1753" s="1" t="s">
         <v>3681</v>
       </c>
       <c r="B1753" s="1">
-        <v>81779</v>
+        <v>82022</v>
       </c>
       <c r="D1753" t="s">
         <v>3682</v>
       </c>
     </row>
     <row r="1754" spans="1:4">
       <c r="A1754" s="1" t="s">
         <v>3683</v>
       </c>
       <c r="B1754" s="1">
-        <v>82022</v>
+        <v>82037</v>
       </c>
       <c r="D1754" t="s">
         <v>3684</v>
       </c>
     </row>
     <row r="1755" spans="1:4">
       <c r="A1755" s="1" t="s">
         <v>3685</v>
       </c>
       <c r="B1755" s="1">
-        <v>82037</v>
+        <v>83549</v>
       </c>
       <c r="D1755" t="s">
         <v>3686</v>
       </c>
     </row>
     <row r="1756" spans="1:4">
       <c r="A1756" s="1" t="s">
         <v>3687</v>
       </c>
       <c r="B1756" s="1">
-        <v>83549</v>
+        <v>83567</v>
       </c>
       <c r="D1756" t="s">
         <v>3688</v>
       </c>
     </row>
     <row r="1757" spans="1:4">
       <c r="A1757" s="1" t="s">
         <v>3689</v>
       </c>
       <c r="B1757" s="1">
-        <v>83567</v>
+        <v>83570</v>
       </c>
       <c r="D1757" t="s">
         <v>3690</v>
       </c>
     </row>
     <row r="1758" spans="1:4">
       <c r="A1758" s="1" t="s">
         <v>3691</v>
       </c>
       <c r="B1758" s="1">
-        <v>83570</v>
+        <v>88046</v>
       </c>
       <c r="D1758" t="s">
         <v>3692</v>
       </c>
     </row>
     <row r="1759" spans="1:4">
       <c r="A1759" s="1" t="s">
         <v>3693</v>
       </c>
       <c r="B1759" s="1">
-        <v>88046</v>
+        <v>88047</v>
       </c>
       <c r="D1759" t="s">
         <v>3694</v>
       </c>
     </row>
     <row r="1760" spans="1:4">
       <c r="A1760" s="1" t="s">
         <v>3695</v>
       </c>
       <c r="B1760" s="1">
-        <v>88047</v>
+        <v>88052</v>
       </c>
       <c r="D1760" t="s">
         <v>3696</v>
       </c>
     </row>
     <row r="1761" spans="1:4">
       <c r="A1761" s="1" t="s">
         <v>3697</v>
       </c>
       <c r="B1761" s="1">
-        <v>88052</v>
+        <v>88144</v>
       </c>
       <c r="D1761" t="s">
         <v>3698</v>
       </c>
     </row>
     <row r="1762" spans="1:4">
       <c r="A1762" s="1" t="s">
         <v>3699</v>
       </c>
       <c r="B1762" s="1">
-        <v>88144</v>
+        <v>88186</v>
       </c>
       <c r="D1762" t="s">
         <v>3700</v>
       </c>
     </row>
     <row r="1763" spans="1:4">
       <c r="A1763" s="1" t="s">
         <v>3701</v>
       </c>
       <c r="B1763" s="1">
-        <v>88186</v>
+        <v>98049</v>
       </c>
       <c r="D1763" t="s">
         <v>3702</v>
       </c>
     </row>
     <row r="1764" spans="1:4">
       <c r="A1764" s="1" t="s">
         <v>3703</v>
       </c>
       <c r="B1764" s="1">
-        <v>98049</v>
+        <v>98050</v>
       </c>
       <c r="D1764" t="s">
         <v>3704</v>
       </c>
     </row>
     <row r="1765" spans="1:4">
       <c r="A1765" s="1" t="s">
         <v>3705</v>
       </c>
       <c r="B1765" s="1">
-        <v>98050</v>
+        <v>98871</v>
       </c>
       <c r="D1765" t="s">
         <v>3706</v>
       </c>
     </row>
     <row r="1766" spans="1:4">
       <c r="A1766" s="1" t="s">
         <v>3707</v>
       </c>
       <c r="B1766" s="1">
-        <v>98871</v>
+        <v>98872</v>
       </c>
       <c r="D1766" t="s">
         <v>3708</v>
       </c>
     </row>
     <row r="1767" spans="1:4">
       <c r="A1767" s="1" t="s">
         <v>3709</v>
       </c>
       <c r="B1767" s="1">
-        <v>98872</v>
+        <v>98997</v>
       </c>
       <c r="D1767" t="s">
         <v>3710</v>
       </c>
     </row>
     <row r="1768" spans="1:4">
       <c r="A1768" s="1" t="s">
         <v>3711</v>
       </c>
       <c r="B1768" s="1">
-        <v>98997</v>
+        <v>98999</v>
       </c>
       <c r="D1768" t="s">
         <v>3712</v>
       </c>
     </row>
     <row r="1769" spans="1:4">
       <c r="A1769" s="1" t="s">
         <v>3713</v>
       </c>
       <c r="B1769" s="1">
-        <v>98999</v>
+        <v>99643</v>
       </c>
       <c r="D1769" t="s">
         <v>3714</v>
       </c>
     </row>
     <row r="1770" spans="1:4">
       <c r="A1770" s="1" t="s">
         <v>3715</v>
       </c>
       <c r="B1770" s="1">
-        <v>99643</v>
+        <v>99687</v>
       </c>
       <c r="D1770" t="s">
         <v>3716</v>
       </c>
     </row>
     <row r="1771" spans="1:4">
       <c r="A1771" s="1" t="s">
         <v>3717</v>
       </c>
-      <c r="B1771" s="1">
-        <v>99687</v>
+      <c r="B1771" s="1" t="s">
+        <v>3718</v>
       </c>
       <c r="D1771" t="s">
-        <v>3718</v>
-[...3 lines deleted...]
-      <c r="A1772" s="1" t="s">
         <v>3719</v>
-      </c>
-[...15 lines deleted...]
-        <v>2457</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">